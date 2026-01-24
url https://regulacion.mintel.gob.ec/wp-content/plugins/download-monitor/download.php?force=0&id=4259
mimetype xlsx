--- v0 (2025-11-17)
+++ v1 (2026-01-24)
@@ -6,60 +6,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\Boletin estadístico\Reporte 2025\Primer semestre\Formatos postales S12025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Luis.Cordova\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4D293312-7C65-4B1C-92FD-655572030347}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{501942AD-5480-47F9-A3A7-9DD2CFB95268}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="NORMATIVA" sheetId="8" r:id="rId1"/>
     <sheet name="Formulario de Quejas" sheetId="4" r:id="rId2"/>
     <sheet name="Formulario de Reclamos " sheetId="6" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
     <definedName name="Aguarico" localSheetId="2">#REF!</definedName>
     <definedName name="Aguarico">#REF!</definedName>
     <definedName name="Alausí" localSheetId="2">#REF!</definedName>
     <definedName name="Alausí">#REF!</definedName>
     <definedName name="Alfredo_Baquerizo_Moreno" localSheetId="2">#REF!</definedName>
     <definedName name="Alfredo_Baquerizo_Moreno">#REF!</definedName>
     <definedName name="Ambato" localSheetId="2">#REF!</definedName>
     <definedName name="Ambato">#REF!</definedName>
     <definedName name="Antonio_Ante" localSheetId="2">#REF!</definedName>
     <definedName name="Antonio_Ante">#REF!</definedName>
     <definedName name="Arajuno" localSheetId="2">#REF!</definedName>
     <definedName name="Arajuno">#REF!</definedName>
     <definedName name="Archidona" localSheetId="2">#REF!</definedName>
     <definedName name="Archidona">#REF!</definedName>
@@ -553,50 +553,53 @@
     <definedName name="Ventanas">#REF!</definedName>
     <definedName name="Vinces" localSheetId="2">#REF!</definedName>
     <definedName name="Vinces">#REF!</definedName>
     <definedName name="Yacuambi" localSheetId="2">#REF!</definedName>
     <definedName name="Yacuambi">#REF!</definedName>
     <definedName name="Yantzaza" localSheetId="2">#REF!</definedName>
     <definedName name="Yantzaza">#REF!</definedName>
     <definedName name="Zambiza" localSheetId="2">#REF!</definedName>
     <definedName name="Zambiza">#REF!</definedName>
     <definedName name="Zamora" localSheetId="2">#REF!</definedName>
     <definedName name="Zamora">#REF!</definedName>
     <definedName name="Zamora_Chinchipe" localSheetId="2">#REF!</definedName>
     <definedName name="Zamora_Chinchipe">#REF!</definedName>
     <definedName name="Zapotillo" localSheetId="2">#REF!</definedName>
     <definedName name="Zapotillo">#REF!</definedName>
     <definedName name="Zaruma" localSheetId="2">#REF!</definedName>
     <definedName name="Zaruma">#REF!</definedName>
     <definedName name="Zona_No_Delimitada" localSheetId="2">#REF!</definedName>
     <definedName name="Zona_No_Delimitada">#REF!</definedName>
   </definedNames>
   <calcPr calcId="144525"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="57">
   <si>
     <t>FORMULARIO DE QUEJAS</t>
   </si>
   <si>
     <t>FECHA ADMISIÓN DE LA QUEJA</t>
   </si>
   <si>
     <t>NOMBRE DEL USUARIO</t>
   </si>
   <si>
     <t>DIRECCIÓN O CORREO ELECTRÓNICO PARA NOTIFICACIONES</t>
   </si>
   <si>
     <t>NOMBRE DEL OPERADOR POSTAL:</t>
   </si>
   <si>
     <t>CAUSAL DE LA QUEJA</t>
   </si>
   <si>
@@ -1224,65 +1227,65 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="16" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="3" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="3" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="20" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="20" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hipervínculo" xfId="2" builtinId="8"/>
     <cellStyle name="Moneda" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF66CCFF"/>
       <color rgb="FF99FFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -1455,92 +1458,92 @@
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="295276" y="142875"/>
           <a:ext cx="5448299" cy="697501"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\jgarzon\Desktop\ARCHIVOS%20PARA%20EX%20POST\BORDOYCOURIER%20Y%20SERVICIOS%20S.A\Formularios\Archivo%20anterior\00095_05_3.3%20Formulario%20Oficinas%20Postales.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/jgarzon/Desktop/ARCHIVOS%20PARA%20EX%20POST/BORDOYCOURIER%20Y%20SERVICIOS%20S.A/Formularios/Archivo%20anterior/00095_05_3.3%20Formulario%20Oficinas%20Postales.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\gvillamarin\Desktop\TITULOS%20HABILITANTES\Cat&#225;logo%20de%20servicios\Requisitos%20t&#233;cnicos%20por%20servicio.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/gvillamarin/Desktop/TITULOS%20HABILITANTES/Cat&#225;logo%20de%20servicios/Requisitos%20t&#233;cnicos%20por%20servicio.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Instructivo"/>
       <sheetName val="Formulario"/>
       <sheetName val="Requisitos por serv."/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1">
         <row r="1">
           <cell r="CW1" t="str">
             <v>Si</v>
           </cell>
         </row>
         <row r="2">
           <cell r="CW2" t="str">
             <v>No</v>
           </cell>
         </row>
         <row r="3">
           <cell r="CW3" t="str">
             <v>N/A</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="2"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Hoja1"/>
       <sheetName val="Hoja2"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1">
         <row r="2">
           <cell r="GA2" t="str">
             <v xml:space="preserve">Operador_designado </v>
           </cell>
         </row>
         <row r="3">
           <cell r="GA3" t="str">
             <v xml:space="preserve">Courier </v>
           </cell>
         </row>
         <row r="4">
           <cell r="GA4" t="str">
             <v xml:space="preserve">Cooperativa_de_transporte </v>
           </cell>
         </row>
         <row r="5">
           <cell r="GA5" t="str">
@@ -1827,760 +1830,760 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B8:B17"/>
   <sheetViews>
     <sheetView topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="11.5703125" style="28"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="11.5703125" style="28"/>
+    <col min="1" max="1" width="11.5546875" style="28"/>
+    <col min="2" max="2" width="155.6640625" style="28" customWidth="1"/>
+    <col min="3" max="16384" width="11.5546875" style="28"/>
   </cols>
   <sheetData>
-    <row r="8" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B8" s="27"/>
     </row>
-    <row r="9" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B9" s="29"/>
     </row>
-    <row r="10" spans="2:2" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:2" ht="16.8" x14ac:dyDescent="0.3">
       <c r="B10" s="30" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="11" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B11" s="29"/>
     </row>
-    <row r="12" spans="2:2" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:2" ht="41.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="31" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="13" spans="2:2" ht="24" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:2" ht="22.8" x14ac:dyDescent="0.3">
       <c r="B13" s="32" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="14" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B14" s="31"/>
     </row>
-    <row r="15" spans="2:2" s="34" customFormat="1" ht="332.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:2" s="34" customFormat="1" ht="332.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="33" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="16" spans="2:2" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:2" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="35" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="17" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B17" s="36"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FF002060"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M61"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+      <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5546875" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.140625" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="11.5703125" style="1"/>
+    <col min="1" max="1" width="17.109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="20.6640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="22.109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="28.6640625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="63.5546875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="15.5546875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="50.6640625" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="11.5546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.2"/>
-[...2 lines deleted...]
-    <row r="4" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H4" s="38"/>
       <c r="I4" s="38"/>
       <c r="J4" s="38"/>
       <c r="K4" s="38"/>
       <c r="L4" s="38"/>
       <c r="M4" s="38"/>
     </row>
-    <row r="5" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H5" s="38"/>
       <c r="I5" s="38"/>
       <c r="J5" s="38"/>
       <c r="K5" s="38"/>
       <c r="L5" s="38"/>
       <c r="M5" s="38"/>
     </row>
-    <row r="6" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="39"/>
       <c r="B6" s="39"/>
       <c r="C6" s="39"/>
       <c r="D6" s="39"/>
       <c r="E6" s="39"/>
       <c r="F6" s="39"/>
       <c r="G6" s="39"/>
       <c r="H6" s="38"/>
       <c r="I6" s="38"/>
       <c r="J6" s="38"/>
       <c r="K6" s="38"/>
       <c r="L6" s="38"/>
       <c r="M6" s="38"/>
     </row>
-    <row r="7" spans="1:13" s="37" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:13" s="37" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="39"/>
       <c r="B7" s="39"/>
       <c r="C7" s="39"/>
       <c r="D7" s="39"/>
       <c r="E7" s="39"/>
       <c r="F7" s="39"/>
       <c r="G7" s="39"/>
       <c r="H7" s="38"/>
       <c r="I7" s="38"/>
       <c r="J7" s="38"/>
       <c r="K7" s="38"/>
       <c r="L7" s="38"/>
       <c r="M7" s="38"/>
     </row>
-    <row r="8" spans="1:13" s="37" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:13" s="37" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A8" s="39"/>
       <c r="B8" s="40" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="40"/>
       <c r="D8" s="40"/>
       <c r="E8" s="41"/>
       <c r="F8" s="39"/>
       <c r="H8" s="42">
         <v>2024</v>
       </c>
       <c r="I8" s="38"/>
       <c r="J8" s="38"/>
       <c r="K8" s="38"/>
       <c r="L8" s="38"/>
       <c r="M8" s="38"/>
     </row>
-    <row r="9" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="39"/>
       <c r="B9" s="39"/>
       <c r="C9" s="39"/>
       <c r="D9" s="39"/>
       <c r="F9" s="39"/>
       <c r="H9" s="42"/>
       <c r="I9" s="38"/>
       <c r="J9" s="38"/>
       <c r="K9" s="38"/>
       <c r="L9" s="38"/>
       <c r="M9" s="38"/>
     </row>
-    <row r="10" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="41" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="39"/>
       <c r="C10" s="43"/>
       <c r="D10" s="39"/>
       <c r="F10" s="39"/>
       <c r="H10" s="42"/>
       <c r="I10" s="38"/>
       <c r="J10" s="38"/>
       <c r="K10" s="38"/>
       <c r="L10" s="38"/>
       <c r="M10" s="38"/>
     </row>
-    <row r="11" spans="1:13" s="37" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:13" s="37" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="41" t="s">
         <v>4</v>
       </c>
-      <c r="C11" s="49"/>
-      <c r="D11" s="50"/>
+      <c r="C11" s="51"/>
+      <c r="D11" s="52"/>
       <c r="F11" s="39"/>
       <c r="H11" s="42" t="s">
         <v>51</v>
       </c>
       <c r="I11" s="38"/>
       <c r="J11" s="38"/>
       <c r="K11" s="38"/>
       <c r="L11" s="38"/>
       <c r="M11" s="38"/>
     </row>
-    <row r="12" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A12" s="41" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="48">
         <v>2025</v>
       </c>
       <c r="I12" s="38"/>
       <c r="J12" s="38"/>
       <c r="K12" s="38"/>
       <c r="L12" s="38"/>
       <c r="M12" s="38"/>
     </row>
-    <row r="13" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A13" s="41" t="s">
         <v>47</v>
       </c>
       <c r="C13" s="44" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F13" s="39"/>
       <c r="H13" s="42"/>
       <c r="I13" s="38"/>
       <c r="J13" s="38"/>
       <c r="K13" s="38"/>
       <c r="L13" s="38"/>
       <c r="M13" s="38"/>
     </row>
-    <row r="14" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:13" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A14" s="39"/>
       <c r="B14" s="39"/>
       <c r="C14" s="41"/>
       <c r="D14" s="39"/>
       <c r="E14" s="39"/>
       <c r="F14" s="39"/>
       <c r="G14" s="39"/>
       <c r="H14" s="42"/>
       <c r="I14" s="38"/>
       <c r="J14" s="38"/>
       <c r="K14" s="38"/>
       <c r="L14" s="38"/>
       <c r="M14" s="38"/>
     </row>
-    <row r="15" spans="1:13" s="2" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:13" s="2" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="22" t="s">
         <v>1</v>
       </c>
       <c r="B15" s="22" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D15" s="22" t="s">
         <v>3</v>
       </c>
       <c r="E15" s="22" t="s">
         <v>5</v>
       </c>
       <c r="F15" s="23" t="s">
         <v>26</v>
       </c>
       <c r="G15" s="22" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="5"/>
       <c r="L15" s="5"/>
       <c r="M15" s="5"/>
     </row>
-    <row r="16" spans="1:13" s="20" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:13" s="20" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A16" s="16"/>
       <c r="B16" s="16"/>
       <c r="C16" s="17"/>
       <c r="D16" s="18"/>
       <c r="E16" s="17"/>
       <c r="F16" s="17"/>
       <c r="G16" s="17"/>
       <c r="H16" s="19"/>
       <c r="I16" s="19" t="s">
         <v>35</v>
       </c>
       <c r="J16" s="19"/>
     </row>
-    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17" s="3"/>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J17" s="6"/>
     </row>
-    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18" s="3"/>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J18" s="6"/>
     </row>
-    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A19" s="3"/>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
     </row>
-    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A20" s="3"/>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="6"/>
       <c r="I20" s="7" t="s">
         <v>52</v>
       </c>
       <c r="J20" s="6"/>
     </row>
-    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A21" s="3"/>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="6"/>
       <c r="I21" s="7" t="s">
         <v>53</v>
       </c>
       <c r="J21" s="6"/>
     </row>
-    <row r="22" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="6"/>
       <c r="I22" s="7" t="s">
         <v>54</v>
       </c>
       <c r="J22" s="6"/>
     </row>
-    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A23" s="3"/>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="I23" s="7"/>
     </row>
-    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A24" s="3"/>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
     </row>
-    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A25" s="3"/>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
     </row>
-    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26" s="3"/>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
     </row>
-    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
     </row>
-    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A28" s="3"/>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
     </row>
-    <row r="29" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A29" s="3"/>
       <c r="B29" s="3"/>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="I29" s="6" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="30" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A30" s="3"/>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="I30" s="6" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="31" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A31" s="3"/>
       <c r="B31" s="3"/>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="I31" s="6" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="32" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A32" s="3"/>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
     </row>
-    <row r="33" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="3"/>
       <c r="B33" s="3"/>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
     </row>
-    <row r="34" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
     </row>
-    <row r="35" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="3"/>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
     </row>
-    <row r="36" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="3"/>
       <c r="B36" s="3"/>
       <c r="C36" s="3"/>
       <c r="D36" s="3"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
     </row>
-    <row r="37" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="3"/>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
     </row>
-    <row r="38" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="3"/>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
     </row>
-    <row r="39" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="3"/>
       <c r="B39" s="3"/>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
     </row>
-    <row r="40" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="3"/>
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
     </row>
-    <row r="41" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
       <c r="B41" s="3"/>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
     </row>
-    <row r="42" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="3"/>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
     </row>
-    <row r="43" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="3"/>
       <c r="B43" s="3"/>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
     </row>
-    <row r="44" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="3"/>
       <c r="B44" s="3"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
     </row>
-    <row r="45" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="3"/>
       <c r="B45" s="3"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
     </row>
-    <row r="46" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="3"/>
       <c r="B46" s="3"/>
       <c r="C46" s="3"/>
       <c r="D46" s="3"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
     </row>
-    <row r="47" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="3"/>
       <c r="B47" s="3"/>
       <c r="C47" s="3"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
     </row>
-    <row r="48" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="3"/>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
     </row>
-    <row r="49" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
       <c r="B49" s="3"/>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
     </row>
-    <row r="50" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="3"/>
       <c r="B50" s="3"/>
       <c r="C50" s="3"/>
       <c r="D50" s="3"/>
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
     </row>
-    <row r="51" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="3"/>
       <c r="B51" s="3"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
     </row>
-    <row r="52" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="3"/>
       <c r="B52" s="3"/>
       <c r="C52" s="3"/>
       <c r="D52" s="3"/>
       <c r="E52" s="3"/>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
     </row>
-    <row r="53" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="3"/>
       <c r="B53" s="3"/>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
     </row>
-    <row r="54" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="3"/>
       <c r="B54" s="3"/>
       <c r="C54" s="3"/>
       <c r="D54" s="3"/>
       <c r="E54" s="3"/>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
     </row>
-    <row r="55" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
       <c r="B55" s="3"/>
       <c r="C55" s="3"/>
       <c r="D55" s="3"/>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
     </row>
-    <row r="56" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="3"/>
       <c r="B56" s="3"/>
       <c r="C56" s="3"/>
       <c r="D56" s="3"/>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
     </row>
-    <row r="57" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="3"/>
       <c r="B57" s="3"/>
       <c r="C57" s="3"/>
       <c r="D57" s="3"/>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
     </row>
-    <row r="58" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="3"/>
       <c r="B58" s="3"/>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
     </row>
-    <row r="59" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="3"/>
       <c r="B59" s="3"/>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
     </row>
-    <row r="60" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="3"/>
       <c r="B60" s="3"/>
       <c r="C60" s="3"/>
       <c r="D60" s="3"/>
       <c r="E60" s="3"/>
       <c r="F60" s="3"/>
       <c r="G60" s="3"/>
     </row>
-    <row r="61" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="3"/>
       <c r="B61" s="3"/>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C11:D11"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F16" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>$I$16:$I$18</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E16" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>$I$20:$I$22</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="78" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
@@ -2593,305 +2596,305 @@
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8256F803-372B-40B6-859F-5AA48F787B1F}">
           <x14:formula1>
             <xm:f>'Formulario de Reclamos '!$G$9:$G$10</xm:f>
           </x14:formula1>
           <xm:sqref>C12</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF002060"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AD60"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C11" sqref="C11:C12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5546875" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.7109375" style="1" customWidth="1"/>
+    <col min="1" max="1" width="20.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="17" style="1" customWidth="1"/>
-    <col min="3" max="3" width="24.5703125" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="21.85546875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="24.5546875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="18.109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="15.5546875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="14.109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="21.88671875" style="1" customWidth="1"/>
     <col min="8" max="8" width="22" style="1" customWidth="1"/>
-    <col min="9" max="9" width="16.7109375" style="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="24" max="16384" width="11.5703125" style="1"/>
+    <col min="9" max="9" width="16.6640625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="14.109375" style="1" customWidth="1"/>
+    <col min="11" max="12" width="25.33203125" style="1" customWidth="1"/>
+    <col min="13" max="15" width="15.33203125" style="1" customWidth="1"/>
+    <col min="16" max="16" width="17.33203125" style="1" customWidth="1"/>
+    <col min="17" max="17" width="48.88671875" style="1" customWidth="1"/>
+    <col min="18" max="19" width="14.5546875" style="1" customWidth="1"/>
+    <col min="20" max="20" width="18.109375" style="1" customWidth="1"/>
+    <col min="21" max="21" width="16.44140625" style="1" customWidth="1"/>
+    <col min="22" max="22" width="14.88671875" style="1" customWidth="1"/>
+    <col min="23" max="23" width="40.33203125" style="1" customWidth="1"/>
+    <col min="24" max="16384" width="11.5546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="39"/>
       <c r="B1" s="39"/>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
     </row>
-    <row r="2" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A2" s="39"/>
       <c r="B2" s="39"/>
       <c r="C2" s="39"/>
       <c r="D2" s="39"/>
       <c r="E2" s="39"/>
       <c r="F2" s="39"/>
       <c r="G2" s="39"/>
     </row>
-    <row r="3" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="39"/>
       <c r="B3" s="39"/>
       <c r="C3" s="39"/>
       <c r="D3" s="39"/>
       <c r="E3" s="39"/>
       <c r="F3" s="39"/>
       <c r="G3" s="39"/>
       <c r="X3" s="38"/>
       <c r="Y3" s="38"/>
       <c r="Z3" s="38"/>
       <c r="AA3" s="38"/>
       <c r="AB3" s="38"/>
       <c r="AC3" s="38"/>
       <c r="AD3" s="38"/>
     </row>
-    <row r="4" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" s="39"/>
       <c r="B4" s="39"/>
       <c r="C4" s="39"/>
       <c r="D4" s="39"/>
       <c r="E4" s="39"/>
       <c r="F4" s="39"/>
       <c r="G4" s="39"/>
       <c r="X4" s="38"/>
       <c r="Y4" s="38"/>
       <c r="Z4" s="38"/>
       <c r="AA4" s="38"/>
       <c r="AB4" s="38"/>
       <c r="AC4" s="38"/>
       <c r="AD4" s="38"/>
     </row>
-    <row r="5" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39"/>
       <c r="B5" s="39"/>
       <c r="C5" s="39"/>
       <c r="D5" s="39"/>
       <c r="E5" s="39"/>
       <c r="F5" s="39"/>
       <c r="G5" s="39"/>
       <c r="X5" s="38"/>
       <c r="Y5" s="38"/>
       <c r="Z5" s="38"/>
       <c r="AA5" s="38"/>
       <c r="AB5" s="38"/>
       <c r="AC5" s="38"/>
       <c r="AD5" s="38"/>
     </row>
-    <row r="6" spans="1:30" s="37" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:30" s="37" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="39"/>
       <c r="B6" s="39"/>
       <c r="C6" s="39"/>
       <c r="D6" s="39"/>
       <c r="E6" s="39"/>
       <c r="F6" s="39"/>
       <c r="G6" s="39"/>
       <c r="X6" s="38"/>
       <c r="Y6" s="38"/>
       <c r="Z6" s="38"/>
       <c r="AA6" s="38"/>
       <c r="AB6" s="38"/>
       <c r="AC6" s="38"/>
       <c r="AD6" s="38"/>
     </row>
-    <row r="7" spans="1:30" s="37" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:30" s="37" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A7" s="39"/>
       <c r="B7" s="39"/>
       <c r="C7" s="45" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="45"/>
       <c r="E7" s="41"/>
       <c r="F7" s="39"/>
       <c r="G7" s="46"/>
       <c r="H7" s="38"/>
       <c r="I7" s="38"/>
       <c r="J7" s="38"/>
       <c r="X7" s="38"/>
       <c r="Y7" s="38"/>
       <c r="Z7" s="38"/>
       <c r="AA7" s="38"/>
       <c r="AB7" s="38"/>
       <c r="AC7" s="38"/>
       <c r="AD7" s="38"/>
     </row>
-    <row r="8" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="39"/>
       <c r="B8" s="39"/>
       <c r="C8" s="39"/>
       <c r="D8" s="39"/>
       <c r="F8" s="39"/>
-      <c r="G8" s="54"/>
-[...1 lines deleted...]
-      <c r="I8" s="55"/>
+      <c r="G8" s="49"/>
+      <c r="H8" s="50"/>
+      <c r="I8" s="50"/>
       <c r="J8" s="38"/>
       <c r="X8" s="38"/>
       <c r="Y8" s="38"/>
       <c r="Z8" s="38"/>
       <c r="AA8" s="38"/>
       <c r="AB8" s="38"/>
       <c r="AC8" s="38"/>
       <c r="AD8" s="38"/>
     </row>
-    <row r="9" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="41" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="39"/>
       <c r="C9" s="47"/>
-      <c r="G9" s="55">
+      <c r="G9" s="50">
         <v>2025</v>
       </c>
-      <c r="H9" s="55" t="s">
+      <c r="H9" s="50" t="s">
         <v>56</v>
       </c>
-      <c r="I9" s="55"/>
+      <c r="I9" s="50"/>
       <c r="J9" s="38"/>
       <c r="X9" s="38"/>
       <c r="Y9" s="38"/>
       <c r="Z9" s="38"/>
       <c r="AA9" s="38"/>
       <c r="AB9" s="38"/>
       <c r="AC9" s="38"/>
       <c r="AD9" s="38"/>
     </row>
-    <row r="10" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="41" t="s">
         <v>4</v>
       </c>
-      <c r="C10" s="51"/>
-[...1 lines deleted...]
-      <c r="E10" s="53"/>
+      <c r="C10" s="53"/>
+      <c r="D10" s="54"/>
+      <c r="E10" s="55"/>
       <c r="F10" s="39"/>
-      <c r="G10" s="55">
+      <c r="G10" s="50">
         <v>2026</v>
       </c>
-      <c r="H10" s="55" t="s">
+      <c r="H10" s="50" t="s">
         <v>55</v>
       </c>
-      <c r="I10" s="55"/>
+      <c r="I10" s="50"/>
       <c r="J10" s="38"/>
       <c r="X10" s="38"/>
       <c r="Y10" s="38"/>
       <c r="Z10" s="38"/>
       <c r="AA10" s="38"/>
       <c r="AB10" s="38"/>
       <c r="AC10" s="38"/>
       <c r="AD10" s="38"/>
     </row>
-    <row r="11" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="41" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="48">
         <v>2025</v>
       </c>
       <c r="D11" s="39"/>
       <c r="E11" s="39"/>
       <c r="F11" s="39"/>
       <c r="G11" s="46"/>
       <c r="H11" s="38"/>
       <c r="I11" s="38"/>
       <c r="J11" s="38"/>
       <c r="X11" s="38"/>
       <c r="Y11" s="38"/>
       <c r="Z11" s="38"/>
       <c r="AA11" s="38"/>
       <c r="AB11" s="38"/>
       <c r="AC11" s="38"/>
       <c r="AD11" s="38"/>
     </row>
-    <row r="12" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A12" s="41" t="s">
         <v>47</v>
       </c>
       <c r="C12" s="44" t="s">
         <v>56</v>
       </c>
       <c r="D12" s="39"/>
       <c r="E12" s="39"/>
       <c r="F12" s="39"/>
       <c r="G12" s="46"/>
       <c r="H12" s="38"/>
       <c r="I12" s="38"/>
       <c r="J12" s="38"/>
       <c r="X12" s="38"/>
       <c r="Y12" s="38"/>
       <c r="Z12" s="42"/>
       <c r="AA12" s="38"/>
       <c r="AB12" s="38"/>
       <c r="AC12" s="38"/>
       <c r="AD12" s="38"/>
     </row>
-    <row r="13" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:30" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A13" s="39"/>
       <c r="B13" s="41"/>
       <c r="C13" s="39"/>
       <c r="D13" s="39"/>
       <c r="E13" s="39"/>
       <c r="F13" s="39"/>
       <c r="G13" s="46"/>
       <c r="H13" s="38"/>
       <c r="I13" s="38"/>
       <c r="J13" s="38"/>
       <c r="X13" s="38"/>
       <c r="Y13" s="38"/>
       <c r="Z13" s="42"/>
       <c r="AA13" s="38"/>
       <c r="AB13" s="38"/>
       <c r="AC13" s="38"/>
       <c r="AD13" s="38"/>
     </row>
-    <row r="14" spans="1:30" s="2" customFormat="1" ht="42" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:30" s="2" customFormat="1" ht="40.799999999999997" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="24" t="s">
         <v>18</v>
       </c>
       <c r="D14" s="24" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="24" t="s">
         <v>20</v>
       </c>
       <c r="F14" s="24" t="s">
         <v>21</v>
       </c>
       <c r="G14" s="24" t="s">
         <v>7</v>
       </c>
       <c r="H14" s="24" t="s">
         <v>3</v>
       </c>
       <c r="I14" s="24" t="s">
@@ -2919,1221 +2922,1221 @@
         <v>12</v>
       </c>
       <c r="Q14" s="26" t="s">
         <v>13</v>
       </c>
       <c r="R14" s="21" t="s">
         <v>14</v>
       </c>
       <c r="S14" s="21" t="s">
         <v>6</v>
       </c>
       <c r="T14" s="21" t="s">
         <v>27</v>
       </c>
       <c r="U14" s="21" t="s">
         <v>28</v>
       </c>
       <c r="V14" s="21" t="s">
         <v>22</v>
       </c>
       <c r="W14" s="21" t="s">
         <v>30</v>
       </c>
       <c r="Z14" s="1"/>
     </row>
-    <row r="15" spans="1:30" s="8" customFormat="1" ht="16.5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:30" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="9"/>
       <c r="B15" s="9"/>
       <c r="C15" s="9"/>
       <c r="D15" s="10"/>
       <c r="E15" s="10"/>
       <c r="F15" s="10"/>
       <c r="G15" s="11"/>
       <c r="H15" s="12"/>
       <c r="I15" s="10"/>
       <c r="J15" s="10"/>
       <c r="K15" s="10"/>
       <c r="L15" s="11"/>
       <c r="M15" s="10"/>
       <c r="N15" s="10"/>
       <c r="O15" s="10"/>
       <c r="P15" s="10"/>
       <c r="Q15" s="10"/>
       <c r="R15" s="10"/>
       <c r="S15" s="9"/>
       <c r="T15" s="10"/>
       <c r="U15" s="13"/>
       <c r="V15" s="9"/>
       <c r="W15" s="14"/>
       <c r="X15" s="15"/>
       <c r="Y15" s="15"/>
       <c r="Z15" s="7"/>
       <c r="AA15" s="15"/>
       <c r="AB15" s="15"/>
       <c r="AC15" s="15"/>
       <c r="AD15" s="15"/>
     </row>
-    <row r="16" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A16" s="3"/>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
       <c r="S16" s="3"/>
       <c r="T16" s="3"/>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3"/>
       <c r="X16" s="4"/>
       <c r="Y16" s="4"/>
       <c r="Z16" s="6"/>
       <c r="AA16" s="4"/>
       <c r="AB16" s="4"/>
       <c r="AC16" s="4"/>
       <c r="AD16" s="4"/>
     </row>
-    <row r="17" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A17" s="3"/>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
       <c r="P17" s="3"/>
       <c r="Q17" s="3"/>
       <c r="R17" s="3"/>
       <c r="S17" s="3"/>
       <c r="T17" s="3"/>
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="4"/>
       <c r="Y17" s="4"/>
       <c r="Z17" s="6"/>
       <c r="AA17" s="4"/>
       <c r="AB17" s="4"/>
       <c r="AC17" s="4"/>
       <c r="AD17" s="4"/>
     </row>
-    <row r="18" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A18" s="3"/>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
       <c r="Q18" s="3"/>
       <c r="R18" s="3"/>
       <c r="S18" s="3"/>
       <c r="T18" s="3"/>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="4"/>
       <c r="Y18" s="4"/>
       <c r="Z18" s="6"/>
       <c r="AA18" s="4"/>
       <c r="AB18" s="4"/>
       <c r="AC18" s="4"/>
       <c r="AD18" s="4"/>
     </row>
-    <row r="19" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A19" s="3"/>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
       <c r="P19" s="3"/>
       <c r="Q19" s="3"/>
       <c r="R19" s="3"/>
       <c r="S19" s="3"/>
       <c r="T19" s="3"/>
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="Z19" s="6"/>
     </row>
-    <row r="20" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A20" s="3"/>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
       <c r="P20" s="3"/>
       <c r="Q20" s="3"/>
       <c r="R20" s="3"/>
       <c r="S20" s="3"/>
       <c r="T20" s="3"/>
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
     </row>
-    <row r="21" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A21" s="3"/>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
       <c r="P21" s="3"/>
       <c r="Q21" s="3"/>
       <c r="R21" s="3"/>
       <c r="S21" s="3"/>
       <c r="T21" s="3"/>
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
     </row>
-    <row r="22" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
       <c r="Q22" s="3"/>
       <c r="R22" s="3"/>
       <c r="S22" s="3"/>
       <c r="T22" s="3"/>
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="Z22" s="6" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="23" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A23" s="3"/>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3"/>
       <c r="P23" s="3"/>
       <c r="Q23" s="3"/>
       <c r="R23" s="3"/>
       <c r="S23" s="3"/>
       <c r="T23" s="3"/>
       <c r="U23" s="3"/>
       <c r="V23" s="3"/>
       <c r="W23" s="3"/>
       <c r="Z23" s="6" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="24" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A24" s="3"/>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
       <c r="N24" s="3"/>
       <c r="O24" s="3"/>
       <c r="P24" s="3"/>
       <c r="Q24" s="3"/>
       <c r="R24" s="3"/>
       <c r="S24" s="3"/>
       <c r="T24" s="3"/>
       <c r="U24" s="3"/>
       <c r="V24" s="3"/>
       <c r="W24" s="3"/>
       <c r="Z24" s="6" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="25" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A25" s="3"/>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
       <c r="P25" s="3"/>
       <c r="Q25" s="3"/>
       <c r="R25" s="3"/>
       <c r="S25" s="3"/>
       <c r="T25" s="3"/>
       <c r="U25" s="3"/>
       <c r="V25" s="3"/>
       <c r="W25" s="3"/>
       <c r="Z25" s="6"/>
     </row>
-    <row r="26" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A26" s="3"/>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
       <c r="P26" s="3"/>
       <c r="Q26" s="3"/>
       <c r="R26" s="3"/>
       <c r="S26" s="3"/>
       <c r="T26" s="3"/>
       <c r="U26" s="3"/>
       <c r="V26" s="3"/>
       <c r="W26" s="3"/>
     </row>
-    <row r="27" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
       <c r="P27" s="3"/>
       <c r="Q27" s="3"/>
       <c r="R27" s="3"/>
       <c r="S27" s="3"/>
       <c r="T27" s="3"/>
       <c r="U27" s="3"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="Z27" s="6" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="28" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A28" s="3"/>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
       <c r="P28" s="3"/>
       <c r="Q28" s="3"/>
       <c r="R28" s="3"/>
       <c r="S28" s="3"/>
       <c r="T28" s="3"/>
       <c r="U28" s="3"/>
       <c r="V28" s="3"/>
       <c r="W28" s="3"/>
       <c r="Z28" s="6" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="29" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A29" s="3"/>
       <c r="B29" s="3"/>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
       <c r="N29" s="3"/>
       <c r="O29" s="3"/>
       <c r="P29" s="3"/>
       <c r="Q29" s="3"/>
       <c r="R29" s="3"/>
       <c r="S29" s="3"/>
       <c r="T29" s="3"/>
       <c r="U29" s="3"/>
       <c r="V29" s="3"/>
       <c r="W29" s="3"/>
     </row>
-    <row r="30" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A30" s="3"/>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="3"/>
       <c r="O30" s="3"/>
       <c r="P30" s="3"/>
       <c r="Q30" s="3"/>
       <c r="R30" s="3"/>
       <c r="S30" s="3"/>
       <c r="T30" s="3"/>
       <c r="U30" s="3"/>
       <c r="V30" s="3"/>
       <c r="W30" s="3"/>
     </row>
-    <row r="31" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A31" s="3"/>
       <c r="B31" s="3"/>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="3"/>
       <c r="O31" s="3"/>
       <c r="P31" s="3"/>
       <c r="Q31" s="3"/>
       <c r="R31" s="3"/>
       <c r="S31" s="3"/>
       <c r="T31" s="3"/>
       <c r="U31" s="3"/>
       <c r="V31" s="3"/>
       <c r="W31" s="3"/>
     </row>
-    <row r="32" spans="1:30" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A32" s="3"/>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
       <c r="N32" s="3"/>
       <c r="O32" s="3"/>
       <c r="P32" s="3"/>
       <c r="Q32" s="3"/>
       <c r="R32" s="3"/>
       <c r="S32" s="3"/>
       <c r="T32" s="3"/>
       <c r="U32" s="3"/>
       <c r="V32" s="3"/>
       <c r="W32" s="3"/>
     </row>
-    <row r="33" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A33" s="3"/>
       <c r="B33" s="3"/>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
       <c r="Q33" s="3"/>
       <c r="R33" s="3"/>
       <c r="S33" s="3"/>
       <c r="T33" s="3"/>
       <c r="U33" s="3"/>
       <c r="V33" s="3"/>
       <c r="W33" s="3"/>
     </row>
-    <row r="34" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
       <c r="N34" s="3"/>
       <c r="O34" s="3"/>
       <c r="P34" s="3"/>
       <c r="Q34" s="3"/>
       <c r="R34" s="3"/>
       <c r="S34" s="3"/>
       <c r="T34" s="3"/>
       <c r="U34" s="3"/>
       <c r="V34" s="3"/>
       <c r="W34" s="3"/>
     </row>
-    <row r="35" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A35" s="3"/>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
       <c r="N35" s="3"/>
       <c r="O35" s="3"/>
       <c r="P35" s="3"/>
       <c r="Q35" s="3"/>
       <c r="R35" s="3"/>
       <c r="S35" s="3"/>
       <c r="T35" s="3"/>
       <c r="U35" s="3"/>
       <c r="V35" s="3"/>
       <c r="W35" s="3"/>
     </row>
-    <row r="36" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A36" s="3"/>
       <c r="B36" s="3"/>
       <c r="C36" s="3"/>
       <c r="D36" s="3"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="J36" s="3"/>
       <c r="K36" s="3"/>
       <c r="L36" s="3"/>
       <c r="M36" s="3"/>
       <c r="N36" s="3"/>
       <c r="O36" s="3"/>
       <c r="P36" s="3"/>
       <c r="Q36" s="3"/>
       <c r="R36" s="3"/>
       <c r="S36" s="3"/>
       <c r="T36" s="3"/>
       <c r="U36" s="3"/>
       <c r="V36" s="3"/>
       <c r="W36" s="3"/>
     </row>
-    <row r="37" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A37" s="3"/>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
       <c r="Q37" s="3"/>
       <c r="R37" s="3"/>
       <c r="S37" s="3"/>
       <c r="T37" s="3"/>
       <c r="U37" s="3"/>
       <c r="V37" s="3"/>
       <c r="W37" s="3"/>
     </row>
-    <row r="38" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A38" s="3"/>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
       <c r="O38" s="3"/>
       <c r="P38" s="3"/>
       <c r="Q38" s="3"/>
       <c r="R38" s="3"/>
       <c r="S38" s="3"/>
       <c r="T38" s="3"/>
       <c r="U38" s="3"/>
       <c r="V38" s="3"/>
       <c r="W38" s="3"/>
     </row>
-    <row r="39" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A39" s="3"/>
       <c r="B39" s="3"/>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
       <c r="N39" s="3"/>
       <c r="O39" s="3"/>
       <c r="P39" s="3"/>
       <c r="Q39" s="3"/>
       <c r="R39" s="3"/>
       <c r="S39" s="3"/>
       <c r="T39" s="3"/>
       <c r="U39" s="3"/>
       <c r="V39" s="3"/>
       <c r="W39" s="3"/>
     </row>
-    <row r="40" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A40" s="3"/>
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="J40" s="3"/>
       <c r="K40" s="3"/>
       <c r="L40" s="3"/>
       <c r="M40" s="3"/>
       <c r="N40" s="3"/>
       <c r="O40" s="3"/>
       <c r="P40" s="3"/>
       <c r="Q40" s="3"/>
       <c r="R40" s="3"/>
       <c r="S40" s="3"/>
       <c r="T40" s="3"/>
       <c r="U40" s="3"/>
       <c r="V40" s="3"/>
       <c r="W40" s="3"/>
     </row>
-    <row r="41" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
       <c r="B41" s="3"/>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
       <c r="Q41" s="3"/>
       <c r="R41" s="3"/>
       <c r="S41" s="3"/>
       <c r="T41" s="3"/>
       <c r="U41" s="3"/>
       <c r="V41" s="3"/>
       <c r="W41" s="3"/>
     </row>
-    <row r="42" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A42" s="3"/>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
       <c r="M42" s="3"/>
       <c r="N42" s="3"/>
       <c r="O42" s="3"/>
       <c r="P42" s="3"/>
       <c r="Q42" s="3"/>
       <c r="R42" s="3"/>
       <c r="S42" s="3"/>
       <c r="T42" s="3"/>
       <c r="U42" s="3"/>
       <c r="V42" s="3"/>
       <c r="W42" s="3"/>
     </row>
-    <row r="43" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A43" s="3"/>
       <c r="B43" s="3"/>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
       <c r="N43" s="3"/>
       <c r="O43" s="3"/>
       <c r="P43" s="3"/>
       <c r="Q43" s="3"/>
       <c r="R43" s="3"/>
       <c r="S43" s="3"/>
       <c r="T43" s="3"/>
       <c r="U43" s="3"/>
       <c r="V43" s="3"/>
       <c r="W43" s="3"/>
     </row>
-    <row r="44" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A44" s="3"/>
       <c r="B44" s="3"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
       <c r="N44" s="3"/>
       <c r="O44" s="3"/>
       <c r="P44" s="3"/>
       <c r="Q44" s="3"/>
       <c r="R44" s="3"/>
       <c r="S44" s="3"/>
       <c r="T44" s="3"/>
       <c r="U44" s="3"/>
       <c r="V44" s="3"/>
       <c r="W44" s="3"/>
     </row>
-    <row r="45" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A45" s="3"/>
       <c r="B45" s="3"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="3"/>
       <c r="P45" s="3"/>
       <c r="Q45" s="3"/>
       <c r="R45" s="3"/>
       <c r="S45" s="3"/>
       <c r="T45" s="3"/>
       <c r="U45" s="3"/>
       <c r="V45" s="3"/>
       <c r="W45" s="3"/>
     </row>
-    <row r="46" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A46" s="3"/>
       <c r="B46" s="3"/>
       <c r="C46" s="3"/>
       <c r="D46" s="3"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="J46" s="3"/>
       <c r="K46" s="3"/>
       <c r="L46" s="3"/>
       <c r="M46" s="3"/>
       <c r="N46" s="3"/>
       <c r="O46" s="3"/>
       <c r="P46" s="3"/>
       <c r="Q46" s="3"/>
       <c r="R46" s="3"/>
       <c r="S46" s="3"/>
       <c r="T46" s="3"/>
       <c r="U46" s="3"/>
       <c r="V46" s="3"/>
       <c r="W46" s="3"/>
     </row>
-    <row r="47" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A47" s="3"/>
       <c r="B47" s="3"/>
       <c r="C47" s="3"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="J47" s="3"/>
       <c r="K47" s="3"/>
       <c r="L47" s="3"/>
       <c r="M47" s="3"/>
       <c r="N47" s="3"/>
       <c r="O47" s="3"/>
       <c r="P47" s="3"/>
       <c r="Q47" s="3"/>
       <c r="R47" s="3"/>
       <c r="S47" s="3"/>
       <c r="T47" s="3"/>
       <c r="U47" s="3"/>
       <c r="V47" s="3"/>
       <c r="W47" s="3"/>
     </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A48" s="3"/>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
       <c r="O48" s="3"/>
       <c r="P48" s="3"/>
       <c r="Q48" s="3"/>
       <c r="R48" s="3"/>
       <c r="S48" s="3"/>
       <c r="T48" s="3"/>
       <c r="U48" s="3"/>
       <c r="V48" s="3"/>
       <c r="W48" s="3"/>
     </row>
-    <row r="49" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
       <c r="B49" s="3"/>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
       <c r="O49" s="3"/>
       <c r="P49" s="3"/>
       <c r="Q49" s="3"/>
       <c r="R49" s="3"/>
       <c r="S49" s="3"/>
       <c r="T49" s="3"/>
       <c r="U49" s="3"/>
       <c r="V49" s="3"/>
       <c r="W49" s="3"/>
     </row>
-    <row r="50" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A50" s="3"/>
       <c r="B50" s="3"/>
       <c r="C50" s="3"/>
       <c r="D50" s="3"/>
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="I50" s="3"/>
       <c r="J50" s="3"/>
       <c r="K50" s="3"/>
       <c r="L50" s="3"/>
       <c r="M50" s="3"/>
       <c r="N50" s="3"/>
       <c r="O50" s="3"/>
       <c r="P50" s="3"/>
       <c r="Q50" s="3"/>
       <c r="R50" s="3"/>
       <c r="S50" s="3"/>
       <c r="T50" s="3"/>
       <c r="U50" s="3"/>
       <c r="V50" s="3"/>
       <c r="W50" s="3"/>
     </row>
-    <row r="51" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A51" s="3"/>
       <c r="B51" s="3"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3"/>
       <c r="K51" s="3"/>
       <c r="L51" s="3"/>
       <c r="M51" s="3"/>
       <c r="N51" s="3"/>
       <c r="O51" s="3"/>
       <c r="P51" s="3"/>
       <c r="Q51" s="3"/>
       <c r="R51" s="3"/>
       <c r="S51" s="3"/>
       <c r="T51" s="3"/>
       <c r="U51" s="3"/>
       <c r="V51" s="3"/>
       <c r="W51" s="3"/>
     </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A52" s="3"/>
       <c r="B52" s="3"/>
       <c r="C52" s="3"/>
       <c r="D52" s="3"/>
       <c r="E52" s="3"/>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="J52" s="3"/>
       <c r="K52" s="3"/>
       <c r="L52" s="3"/>
       <c r="M52" s="3"/>
       <c r="N52" s="3"/>
       <c r="O52" s="3"/>
       <c r="P52" s="3"/>
       <c r="Q52" s="3"/>
       <c r="R52" s="3"/>
       <c r="S52" s="3"/>
       <c r="T52" s="3"/>
       <c r="U52" s="3"/>
       <c r="V52" s="3"/>
       <c r="W52" s="3"/>
     </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A53" s="3"/>
       <c r="B53" s="3"/>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
       <c r="Q53" s="3"/>
       <c r="R53" s="3"/>
       <c r="S53" s="3"/>
       <c r="T53" s="3"/>
       <c r="U53" s="3"/>
       <c r="V53" s="3"/>
       <c r="W53" s="3"/>
     </row>
-    <row r="54" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A54" s="3"/>
       <c r="B54" s="3"/>
       <c r="C54" s="3"/>
       <c r="D54" s="3"/>
       <c r="E54" s="3"/>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3"/>
       <c r="I54" s="3"/>
       <c r="J54" s="3"/>
       <c r="K54" s="3"/>
       <c r="L54" s="3"/>
       <c r="M54" s="3"/>
       <c r="N54" s="3"/>
       <c r="O54" s="3"/>
       <c r="P54" s="3"/>
       <c r="Q54" s="3"/>
       <c r="R54" s="3"/>
       <c r="S54" s="3"/>
       <c r="T54" s="3"/>
       <c r="U54" s="3"/>
       <c r="V54" s="3"/>
       <c r="W54" s="3"/>
     </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
       <c r="B55" s="3"/>
       <c r="C55" s="3"/>
       <c r="D55" s="3"/>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
       <c r="I55" s="3"/>
       <c r="J55" s="3"/>
       <c r="K55" s="3"/>
       <c r="L55" s="3"/>
       <c r="M55" s="3"/>
       <c r="N55" s="3"/>
       <c r="O55" s="3"/>
       <c r="P55" s="3"/>
       <c r="Q55" s="3"/>
       <c r="R55" s="3"/>
       <c r="S55" s="3"/>
       <c r="T55" s="3"/>
       <c r="U55" s="3"/>
       <c r="V55" s="3"/>
       <c r="W55" s="3"/>
     </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A56" s="3"/>
       <c r="B56" s="3"/>
       <c r="C56" s="3"/>
       <c r="D56" s="3"/>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="I56" s="3"/>
       <c r="J56" s="3"/>
       <c r="K56" s="3"/>
       <c r="L56" s="3"/>
       <c r="M56" s="3"/>
       <c r="N56" s="3"/>
       <c r="O56" s="3"/>
       <c r="P56" s="3"/>
       <c r="Q56" s="3"/>
       <c r="R56" s="3"/>
       <c r="S56" s="3"/>
       <c r="T56" s="3"/>
       <c r="U56" s="3"/>
       <c r="V56" s="3"/>
       <c r="W56" s="3"/>
     </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A57" s="3"/>
       <c r="B57" s="3"/>
       <c r="C57" s="3"/>
       <c r="D57" s="3"/>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3"/>
       <c r="I57" s="3"/>
       <c r="J57" s="3"/>
       <c r="K57" s="3"/>
       <c r="L57" s="3"/>
       <c r="M57" s="3"/>
       <c r="N57" s="3"/>
       <c r="O57" s="3"/>
       <c r="P57" s="3"/>
       <c r="Q57" s="3"/>
       <c r="R57" s="3"/>
       <c r="S57" s="3"/>
       <c r="T57" s="3"/>
       <c r="U57" s="3"/>
       <c r="V57" s="3"/>
       <c r="W57" s="3"/>
     </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A58" s="3"/>
       <c r="B58" s="3"/>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
       <c r="K58" s="3"/>
       <c r="L58" s="3"/>
       <c r="M58" s="3"/>
       <c r="N58" s="3"/>
       <c r="O58" s="3"/>
       <c r="P58" s="3"/>
       <c r="Q58" s="3"/>
       <c r="R58" s="3"/>
       <c r="S58" s="3"/>
       <c r="T58" s="3"/>
       <c r="U58" s="3"/>
       <c r="V58" s="3"/>
       <c r="W58" s="3"/>
     </row>
-    <row r="59" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A59" s="3"/>
       <c r="B59" s="3"/>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
       <c r="N59" s="3"/>
       <c r="O59" s="3"/>
       <c r="P59" s="3"/>
       <c r="Q59" s="3"/>
       <c r="R59" s="3"/>
       <c r="S59" s="3"/>
       <c r="T59" s="3"/>
       <c r="U59" s="3"/>
       <c r="V59" s="3"/>
       <c r="W59" s="3"/>
     </row>
-    <row r="60" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A60" s="3"/>
       <c r="B60" s="3"/>
       <c r="C60" s="3"/>
       <c r="D60" s="3"/>
       <c r="E60" s="3"/>
       <c r="F60" s="3"/>
       <c r="G60" s="3"/>
       <c r="H60" s="3"/>
       <c r="I60" s="3"/>
       <c r="J60" s="3"/>
       <c r="K60" s="3"/>
       <c r="L60" s="3"/>
       <c r="M60" s="3"/>
       <c r="N60" s="3"/>
       <c r="O60" s="3"/>
       <c r="P60" s="3"/>
       <c r="Q60" s="3"/>
       <c r="R60" s="3"/>
       <c r="S60" s="3"/>
       <c r="T60" s="3"/>
       <c r="U60" s="3"/>
       <c r="V60" s="3"/>
       <c r="W60" s="3"/>
     </row>
   </sheetData>