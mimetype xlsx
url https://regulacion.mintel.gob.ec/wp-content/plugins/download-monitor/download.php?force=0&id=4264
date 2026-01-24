--- v0 (2025-11-17)
+++ v1 (2026-01-24)
@@ -8,81 +8,84 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\Boletin estadístico\Reporte 2025\Primer semestre\Formatos postales S12025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Luis.Cordova\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C54EE5B3-A801-49BD-A488-72C47E796021}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E9BCA725-8F4D-43E7-A5C7-F4BDA87EA280}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" tabRatio="635" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="635" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Menú" sheetId="1" r:id="rId1"/>
     <sheet name="Flujo postal local" sheetId="7" state="hidden" r:id="rId2"/>
     <sheet name="Flujo postal nacional" sheetId="5" r:id="rId3"/>
     <sheet name="Flujo postal internacional" sheetId="4" r:id="rId4"/>
     <sheet name="Hoja1" sheetId="6" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Menú!$Q$12:$S$174</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="N31" i="4" l="1"/>
   <c r="M31" i="4"/>
   <c r="G31" i="4"/>
   <c r="F31" i="4"/>
   <c r="K42" i="5"/>
   <c r="L42" i="5"/>
   <c r="F42" i="5"/>
   <c r="E42" i="5"/>
   <c r="P42" i="7"/>
   <c r="O42" i="7"/>
   <c r="H42" i="7"/>
   <c r="G42" i="7"/>
   <c r="G47" i="7" l="1"/>
   <c r="G46" i="7"/>
   <c r="A2" i="6" l="1"/>
@@ -3060,1879 +3063,1879 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Hoja2"/>
   <dimension ref="A8:AM200"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="D16" sqref="D16:E16"/>
+    <sheetView tabSelected="1" topLeftCell="A22" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="D24" sqref="D24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="2" width="11" style="2"/>
-    <col min="3" max="3" width="26.375" style="2" customWidth="1"/>
-    <col min="4" max="4" width="65.125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="26.3984375" style="2" customWidth="1"/>
+    <col min="4" max="4" width="65.09765625" style="2" customWidth="1"/>
     <col min="5" max="5" width="11" style="2"/>
     <col min="6" max="9" width="11" style="40"/>
     <col min="10" max="15" width="11" style="40" customWidth="1"/>
     <col min="16" max="16" width="11" style="43"/>
     <col min="17" max="17" width="15" style="43" customWidth="1"/>
     <col min="18" max="18" width="11" style="47"/>
     <col min="19" max="29" width="11" style="43"/>
     <col min="30" max="39" width="11" style="40"/>
     <col min="40" max="16384" width="11" style="36"/>
   </cols>
   <sheetData>
-    <row r="8" spans="3:19" ht="46.5" x14ac:dyDescent="0.7">
+    <row r="8" spans="3:19" ht="46.2" x14ac:dyDescent="0.85">
       <c r="C8" s="25" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="10" spans="3:19" ht="26.25" x14ac:dyDescent="0.4">
+    <row r="10" spans="3:19" ht="25.8" x14ac:dyDescent="0.5">
       <c r="C10" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="12" spans="3:19" ht="19.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="3:19" ht="19.8" x14ac:dyDescent="0.4">
       <c r="C12" s="57" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="13" spans="3:19" x14ac:dyDescent="0.25">
+    <row r="13" spans="3:19" x14ac:dyDescent="0.3">
       <c r="C13" s="27"/>
     </row>
-    <row r="14" spans="3:19" ht="19.5" x14ac:dyDescent="0.3">
+    <row r="14" spans="3:19" ht="19.8" x14ac:dyDescent="0.4">
       <c r="C14" s="55"/>
     </row>
-    <row r="15" spans="3:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="3:19" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="I15" s="43"/>
       <c r="J15" s="43"/>
       <c r="K15" s="52"/>
       <c r="L15" s="43"/>
       <c r="M15" s="43"/>
       <c r="N15" s="43"/>
       <c r="O15" s="43"/>
     </row>
-    <row r="16" spans="3:19" ht="24.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="3:19" ht="24.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C16" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="78"/>
       <c r="E16" s="79"/>
       <c r="G16" s="48"/>
       <c r="H16" s="49"/>
       <c r="I16" s="50"/>
       <c r="J16" s="43"/>
       <c r="K16" s="52"/>
       <c r="L16" s="43"/>
       <c r="M16" s="43"/>
       <c r="N16" s="43"/>
       <c r="O16" s="43"/>
       <c r="Q16" s="42"/>
       <c r="R16" s="44"/>
       <c r="S16" s="41"/>
     </row>
-    <row r="17" spans="3:19" ht="32.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="3:19" ht="32.700000000000003" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C17" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="76"/>
       <c r="E17" s="77"/>
       <c r="G17" s="42"/>
       <c r="H17" s="53" t="s">
         <v>208</v>
       </c>
       <c r="I17" s="41"/>
       <c r="J17" s="43"/>
       <c r="K17" s="52"/>
       <c r="L17" s="43"/>
       <c r="M17" s="43"/>
       <c r="N17" s="43"/>
       <c r="O17" s="43"/>
       <c r="Q17" s="42"/>
       <c r="R17" s="44"/>
       <c r="S17" s="41"/>
     </row>
-    <row r="18" spans="3:19" ht="24.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="3:19" ht="24.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C18" s="1" t="s">
         <v>209</v>
       </c>
       <c r="D18" s="76">
         <v>2025</v>
       </c>
       <c r="E18" s="77"/>
       <c r="F18" s="51"/>
       <c r="G18" s="42"/>
       <c r="H18" s="53" t="s">
         <v>207</v>
       </c>
       <c r="I18" s="41"/>
       <c r="J18" s="43"/>
       <c r="K18" s="52"/>
       <c r="L18" s="43"/>
       <c r="M18" s="43"/>
       <c r="N18" s="43"/>
       <c r="O18" s="43"/>
       <c r="Q18" s="41"/>
       <c r="R18" s="44"/>
       <c r="S18" s="41"/>
     </row>
-    <row r="19" spans="3:19" ht="24.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="3:19" ht="24.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C19" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D19" s="76" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E19" s="77"/>
       <c r="G19" s="41"/>
       <c r="H19" s="41"/>
       <c r="I19" s="41"/>
       <c r="J19" s="43"/>
       <c r="K19" s="52"/>
       <c r="L19" s="43"/>
       <c r="M19" s="43"/>
       <c r="N19" s="43"/>
       <c r="O19" s="43"/>
       <c r="Q19" s="42"/>
       <c r="R19" s="44"/>
       <c r="S19" s="41"/>
     </row>
-    <row r="20" spans="3:19" ht="24.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="3:19" ht="24.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="H20" s="54">
         <v>2025</v>
       </c>
       <c r="I20" s="43"/>
       <c r="J20" s="43"/>
       <c r="K20" s="43"/>
       <c r="L20" s="43"/>
       <c r="M20" s="43"/>
       <c r="N20" s="43"/>
       <c r="O20" s="43"/>
       <c r="Q20" s="42"/>
       <c r="R20" s="44"/>
       <c r="S20" s="41"/>
     </row>
-    <row r="21" spans="3:19" x14ac:dyDescent="0.25">
+    <row r="21" spans="3:19" x14ac:dyDescent="0.3">
       <c r="H21" s="54">
         <v>2026</v>
       </c>
       <c r="I21" s="43"/>
       <c r="J21" s="43"/>
       <c r="K21" s="43"/>
       <c r="L21" s="43"/>
       <c r="M21" s="43"/>
       <c r="N21" s="43"/>
       <c r="O21" s="43"/>
       <c r="Q21" s="41"/>
       <c r="R21" s="44"/>
       <c r="S21" s="41"/>
     </row>
-    <row r="22" spans="3:19" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="3:19" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="I22" s="43"/>
       <c r="Q22" s="42"/>
       <c r="R22" s="44"/>
       <c r="S22" s="41"/>
     </row>
-    <row r="23" spans="3:19" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="3:19" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="I23" s="43"/>
       <c r="Q23" s="42"/>
       <c r="R23" s="44"/>
       <c r="S23" s="41"/>
     </row>
-    <row r="24" spans="3:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="3:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="I24" s="43"/>
       <c r="Q24" s="42"/>
       <c r="R24" s="44"/>
       <c r="S24" s="41"/>
     </row>
-    <row r="25" spans="3:19" x14ac:dyDescent="0.25">
+    <row r="25" spans="3:19" x14ac:dyDescent="0.3">
       <c r="H25" s="54" t="s">
         <v>228</v>
       </c>
       <c r="I25" s="43"/>
       <c r="Q25" s="42"/>
       <c r="R25" s="44"/>
       <c r="S25" s="41"/>
     </row>
-    <row r="26" spans="3:19" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="3:19" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="H26" s="54" t="s">
         <v>229</v>
       </c>
       <c r="I26" s="43"/>
       <c r="Q26" s="41"/>
       <c r="R26" s="44"/>
       <c r="S26" s="41"/>
     </row>
-    <row r="27" spans="3:19" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="3:19" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="H27" s="54"/>
       <c r="I27" s="43"/>
       <c r="Q27" s="42"/>
       <c r="R27" s="44"/>
       <c r="S27" s="41"/>
     </row>
-    <row r="28" spans="3:19" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="3:19" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="H28" s="54"/>
       <c r="I28" s="43"/>
       <c r="Q28" s="42"/>
       <c r="R28" s="44"/>
       <c r="S28" s="41"/>
     </row>
-    <row r="29" spans="3:19" x14ac:dyDescent="0.25">
+    <row r="29" spans="3:19" x14ac:dyDescent="0.3">
       <c r="H29" s="43"/>
       <c r="I29" s="43"/>
       <c r="Q29" s="41"/>
       <c r="R29" s="44"/>
       <c r="S29" s="41"/>
     </row>
-    <row r="30" spans="3:19" x14ac:dyDescent="0.25">
+    <row r="30" spans="3:19" x14ac:dyDescent="0.3">
       <c r="Q30" s="41"/>
       <c r="R30" s="44"/>
       <c r="S30" s="41"/>
     </row>
-    <row r="31" spans="3:19" x14ac:dyDescent="0.25">
+    <row r="31" spans="3:19" x14ac:dyDescent="0.3">
       <c r="Q31" s="41"/>
       <c r="R31" s="44"/>
       <c r="S31" s="41"/>
     </row>
-    <row r="32" spans="3:19" x14ac:dyDescent="0.25">
+    <row r="32" spans="3:19" x14ac:dyDescent="0.3">
       <c r="Q32" s="41"/>
       <c r="R32" s="44"/>
       <c r="S32" s="41"/>
     </row>
-    <row r="33" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="33" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q33" s="41"/>
       <c r="R33" s="44"/>
       <c r="S33" s="41"/>
     </row>
-    <row r="34" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="34" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q34" s="42"/>
       <c r="R34" s="44"/>
       <c r="S34" s="41"/>
     </row>
-    <row r="35" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="35" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q35" s="42"/>
       <c r="R35" s="44"/>
       <c r="S35" s="41"/>
     </row>
-    <row r="36" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="36" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q36" s="41"/>
       <c r="R36" s="44"/>
       <c r="S36" s="41"/>
     </row>
-    <row r="37" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="37" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q37" s="42"/>
       <c r="R37" s="44"/>
       <c r="S37" s="41"/>
     </row>
-    <row r="38" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="38" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q38" s="41"/>
       <c r="R38" s="44"/>
       <c r="S38" s="41"/>
     </row>
-    <row r="39" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="39" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q39" s="41"/>
       <c r="R39" s="44"/>
       <c r="S39" s="41"/>
     </row>
-    <row r="40" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="40" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q40" s="42"/>
       <c r="R40" s="44"/>
       <c r="S40" s="41"/>
     </row>
-    <row r="41" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="41" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q41" s="41"/>
       <c r="R41" s="44"/>
       <c r="S41" s="41"/>
     </row>
-    <row r="42" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="42" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q42" s="41"/>
       <c r="R42" s="44"/>
       <c r="S42" s="41"/>
     </row>
-    <row r="43" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="43" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q43" s="42"/>
       <c r="R43" s="44"/>
       <c r="S43" s="41"/>
     </row>
-    <row r="44" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="44" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q44" s="41"/>
       <c r="R44" s="44"/>
       <c r="S44" s="41"/>
     </row>
-    <row r="45" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="45" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q45" s="42"/>
       <c r="R45" s="44"/>
       <c r="S45" s="41"/>
     </row>
-    <row r="46" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="46" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q46" s="42"/>
       <c r="R46" s="44"/>
       <c r="S46" s="41"/>
     </row>
-    <row r="47" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="47" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q47" s="41"/>
       <c r="R47" s="44"/>
       <c r="S47" s="41"/>
     </row>
-    <row r="48" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="48" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q48" s="42"/>
       <c r="R48" s="44"/>
       <c r="S48" s="41"/>
     </row>
-    <row r="49" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="49" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q49" s="41"/>
       <c r="R49" s="44"/>
       <c r="S49" s="41"/>
     </row>
-    <row r="50" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="50" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q50" s="41"/>
       <c r="R50" s="44"/>
       <c r="S50" s="41"/>
     </row>
-    <row r="51" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="51" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q51" s="41"/>
       <c r="R51" s="44"/>
       <c r="S51" s="41"/>
     </row>
-    <row r="52" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="52" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q52" s="42"/>
       <c r="R52" s="44"/>
       <c r="S52" s="41"/>
     </row>
-    <row r="53" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="53" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q53" s="42"/>
       <c r="R53" s="44"/>
       <c r="S53" s="41"/>
     </row>
-    <row r="54" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="54" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q54" s="42"/>
       <c r="R54" s="44"/>
       <c r="S54" s="41"/>
     </row>
-    <row r="55" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="55" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q55" s="42"/>
       <c r="R55" s="44"/>
       <c r="S55" s="41"/>
     </row>
-    <row r="56" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="56" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q56" s="41"/>
       <c r="R56" s="44"/>
       <c r="S56" s="41"/>
     </row>
-    <row r="57" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="57" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q57" s="41"/>
       <c r="R57" s="44"/>
       <c r="S57" s="41"/>
     </row>
-    <row r="58" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="58" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q58" s="41"/>
       <c r="R58" s="44"/>
       <c r="S58" s="41"/>
     </row>
-    <row r="59" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="59" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q59" s="42"/>
       <c r="R59" s="44"/>
       <c r="S59" s="41"/>
     </row>
-    <row r="60" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="60" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q60" s="41"/>
       <c r="R60" s="44"/>
       <c r="S60" s="41"/>
     </row>
-    <row r="61" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="61" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q61" s="41"/>
       <c r="R61" s="44"/>
       <c r="S61" s="41"/>
     </row>
-    <row r="62" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="62" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q62" s="41"/>
       <c r="R62" s="44"/>
       <c r="S62" s="41"/>
     </row>
-    <row r="63" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="63" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q63" s="42"/>
       <c r="R63" s="44"/>
       <c r="S63" s="41"/>
     </row>
-    <row r="64" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="64" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q64" s="42"/>
       <c r="R64" s="44"/>
       <c r="S64" s="41"/>
     </row>
-    <row r="65" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="65" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q65" s="41"/>
       <c r="R65" s="44"/>
       <c r="S65" s="41"/>
     </row>
-    <row r="66" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="66" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q66" s="41"/>
       <c r="R66" s="44"/>
       <c r="S66" s="41"/>
     </row>
-    <row r="67" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="67" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q67" s="41"/>
       <c r="R67" s="44"/>
       <c r="S67" s="41"/>
     </row>
-    <row r="68" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="68" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q68" s="41"/>
       <c r="R68" s="44"/>
       <c r="S68" s="41"/>
     </row>
-    <row r="69" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="69" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q69" s="42"/>
       <c r="R69" s="44"/>
       <c r="S69" s="41"/>
     </row>
-    <row r="70" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="70" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q70" s="41"/>
       <c r="R70" s="44"/>
       <c r="S70" s="41"/>
     </row>
-    <row r="71" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="71" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q71" s="41"/>
       <c r="R71" s="44"/>
       <c r="S71" s="41"/>
     </row>
-    <row r="72" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="72" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q72" s="42"/>
       <c r="R72" s="44"/>
       <c r="S72" s="41"/>
     </row>
-    <row r="73" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="73" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q73" s="42"/>
       <c r="R73" s="44"/>
       <c r="S73" s="41"/>
     </row>
-    <row r="74" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="74" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q74" s="41"/>
       <c r="R74" s="44"/>
       <c r="S74" s="41"/>
     </row>
-    <row r="75" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="75" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q75" s="41"/>
       <c r="R75" s="44"/>
       <c r="S75" s="41"/>
     </row>
-    <row r="76" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="76" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q76" s="42"/>
       <c r="R76" s="44"/>
       <c r="S76" s="41"/>
     </row>
-    <row r="77" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="77" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q77" s="42"/>
       <c r="R77" s="44"/>
       <c r="S77" s="41"/>
     </row>
-    <row r="78" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="78" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q78" s="42"/>
       <c r="R78" s="44"/>
       <c r="S78" s="41"/>
     </row>
-    <row r="79" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="79" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q79" s="41"/>
       <c r="R79" s="44"/>
       <c r="S79" s="41"/>
     </row>
-    <row r="80" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="80" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q80" s="42"/>
       <c r="R80" s="44"/>
       <c r="S80" s="41"/>
     </row>
-    <row r="81" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="81" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q81" s="42"/>
       <c r="R81" s="44"/>
       <c r="S81" s="41"/>
     </row>
-    <row r="82" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="82" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q82" s="42"/>
       <c r="R82" s="44"/>
       <c r="S82" s="41"/>
     </row>
-    <row r="83" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="83" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q83" s="41"/>
       <c r="R83" s="44"/>
       <c r="S83" s="41"/>
     </row>
-    <row r="84" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="84" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q84" s="41"/>
       <c r="R84" s="44"/>
       <c r="S84" s="41"/>
     </row>
-    <row r="85" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="85" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q85" s="42"/>
       <c r="R85" s="44"/>
       <c r="S85" s="41"/>
     </row>
-    <row r="86" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="86" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q86" s="41"/>
       <c r="R86" s="44"/>
       <c r="S86" s="41"/>
     </row>
-    <row r="87" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="87" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q87" s="41"/>
       <c r="R87" s="44"/>
       <c r="S87" s="41"/>
     </row>
-    <row r="88" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="88" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q88" s="42"/>
       <c r="R88" s="44"/>
       <c r="S88" s="41"/>
     </row>
-    <row r="89" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="89" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q89" s="41"/>
       <c r="R89" s="44"/>
       <c r="S89" s="41"/>
     </row>
-    <row r="90" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="90" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q90" s="42"/>
       <c r="R90" s="44"/>
       <c r="S90" s="41"/>
     </row>
-    <row r="91" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="91" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q91" s="42"/>
       <c r="R91" s="44"/>
       <c r="S91" s="41"/>
     </row>
-    <row r="92" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="92" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q92" s="41"/>
       <c r="R92" s="44"/>
       <c r="S92" s="41"/>
     </row>
-    <row r="93" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="93" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q93" s="42"/>
       <c r="R93" s="44"/>
       <c r="S93" s="41"/>
     </row>
-    <row r="94" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="94" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q94" s="41"/>
       <c r="R94" s="44"/>
       <c r="S94" s="41"/>
     </row>
-    <row r="95" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="95" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q95" s="41"/>
       <c r="R95" s="44"/>
       <c r="S95" s="41"/>
     </row>
-    <row r="96" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="96" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q96" s="42"/>
       <c r="R96" s="44"/>
       <c r="S96" s="41"/>
     </row>
-    <row r="97" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="97" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q97" s="41"/>
       <c r="R97" s="44"/>
       <c r="S97" s="41"/>
     </row>
-    <row r="98" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="98" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q98" s="42"/>
       <c r="R98" s="44"/>
       <c r="S98" s="41"/>
     </row>
-    <row r="99" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="99" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q99" s="42"/>
       <c r="R99" s="44"/>
       <c r="S99" s="41"/>
     </row>
-    <row r="100" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="100" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q100" s="42"/>
       <c r="R100" s="44"/>
       <c r="S100" s="41"/>
     </row>
-    <row r="101" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="101" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q101" s="42"/>
       <c r="R101" s="44"/>
       <c r="S101" s="41"/>
     </row>
-    <row r="102" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="102" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q102" s="41"/>
       <c r="R102" s="44"/>
       <c r="S102" s="41"/>
     </row>
-    <row r="103" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="103" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q103" s="42"/>
       <c r="R103" s="44"/>
       <c r="S103" s="41"/>
     </row>
-    <row r="104" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="104" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q104" s="42"/>
       <c r="R104" s="44"/>
       <c r="S104" s="41"/>
     </row>
-    <row r="105" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="105" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q105" s="42"/>
       <c r="R105" s="44"/>
       <c r="S105" s="41"/>
     </row>
-    <row r="106" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="106" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q106" s="41"/>
       <c r="R106" s="44"/>
       <c r="S106" s="41"/>
     </row>
-    <row r="107" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="107" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q107" s="41"/>
       <c r="R107" s="44"/>
       <c r="S107" s="41"/>
     </row>
-    <row r="108" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="108" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q108" s="41"/>
       <c r="R108" s="44"/>
       <c r="S108" s="41"/>
     </row>
-    <row r="109" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="109" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q109" s="41"/>
       <c r="R109" s="44"/>
       <c r="S109" s="41"/>
     </row>
-    <row r="110" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="110" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q110" s="42"/>
       <c r="R110" s="44"/>
       <c r="S110" s="41"/>
     </row>
-    <row r="111" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="111" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q111" s="41"/>
       <c r="R111" s="44"/>
       <c r="S111" s="41"/>
     </row>
-    <row r="112" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="112" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q112" s="41"/>
       <c r="R112" s="44"/>
       <c r="S112" s="41"/>
     </row>
-    <row r="113" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="113" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q113" s="42"/>
       <c r="R113" s="44"/>
       <c r="S113" s="41"/>
     </row>
-    <row r="114" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="114" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q114" s="42"/>
       <c r="R114" s="44"/>
       <c r="S114" s="41"/>
     </row>
-    <row r="115" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="115" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q115" s="42"/>
       <c r="R115" s="44"/>
       <c r="S115" s="41"/>
     </row>
-    <row r="116" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="116" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q116" s="41"/>
       <c r="R116" s="44"/>
       <c r="S116" s="41"/>
     </row>
-    <row r="117" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="117" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q117" s="41"/>
       <c r="R117" s="44"/>
       <c r="S117" s="41"/>
     </row>
-    <row r="118" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="118" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q118" s="42"/>
       <c r="R118" s="44"/>
       <c r="S118" s="41"/>
     </row>
-    <row r="119" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="119" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q119" s="42"/>
       <c r="R119" s="44"/>
       <c r="S119" s="41"/>
     </row>
-    <row r="120" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="120" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q120" s="42"/>
       <c r="R120" s="44"/>
       <c r="S120" s="41"/>
     </row>
-    <row r="121" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="121" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q121" s="42"/>
       <c r="R121" s="44"/>
       <c r="S121" s="41"/>
     </row>
-    <row r="122" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="122" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q122" s="41"/>
       <c r="R122" s="44"/>
       <c r="S122" s="41"/>
     </row>
-    <row r="123" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="123" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q123" s="42"/>
       <c r="R123" s="44"/>
       <c r="S123" s="41"/>
     </row>
-    <row r="124" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="124" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q124" s="42"/>
       <c r="R124" s="44"/>
       <c r="S124" s="41"/>
     </row>
-    <row r="125" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="125" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q125" s="42"/>
       <c r="R125" s="44"/>
       <c r="S125" s="41"/>
     </row>
-    <row r="126" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="126" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q126" s="42"/>
       <c r="R126" s="44"/>
       <c r="S126" s="41"/>
     </row>
-    <row r="127" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="127" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q127" s="41"/>
       <c r="R127" s="44"/>
       <c r="S127" s="41"/>
     </row>
-    <row r="128" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="128" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q128" s="42"/>
       <c r="R128" s="44"/>
       <c r="S128" s="41"/>
     </row>
-    <row r="129" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="129" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q129" s="41"/>
       <c r="R129" s="44"/>
       <c r="S129" s="41"/>
     </row>
-    <row r="130" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="130" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q130" s="42"/>
       <c r="R130" s="44"/>
       <c r="S130" s="41"/>
     </row>
-    <row r="131" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="131" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q131" s="42"/>
       <c r="R131" s="44"/>
       <c r="S131" s="41"/>
     </row>
-    <row r="132" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="132" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q132" s="41"/>
       <c r="R132" s="44"/>
       <c r="S132" s="41"/>
     </row>
-    <row r="133" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="133" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q133" s="42"/>
       <c r="R133" s="44"/>
       <c r="S133" s="41"/>
     </row>
-    <row r="134" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="134" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q134" s="42"/>
       <c r="R134" s="44"/>
       <c r="S134" s="41"/>
     </row>
-    <row r="135" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="135" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q135" s="41"/>
       <c r="R135" s="44"/>
       <c r="S135" s="41"/>
     </row>
-    <row r="136" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="136" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q136" s="41"/>
       <c r="R136" s="44"/>
       <c r="S136" s="41"/>
     </row>
-    <row r="137" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="137" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q137" s="41"/>
       <c r="R137" s="44"/>
       <c r="S137" s="41"/>
     </row>
-    <row r="138" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="138" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q138" s="42"/>
       <c r="R138" s="44"/>
       <c r="S138" s="41"/>
     </row>
-    <row r="139" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="139" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q139" s="42"/>
       <c r="R139" s="44"/>
       <c r="S139" s="41"/>
     </row>
-    <row r="140" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="140" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q140" s="41"/>
       <c r="R140" s="44"/>
       <c r="S140" s="41"/>
     </row>
-    <row r="141" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="141" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q141" s="41"/>
       <c r="R141" s="44"/>
       <c r="S141" s="41"/>
     </row>
-    <row r="142" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="142" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q142" s="42"/>
       <c r="R142" s="44"/>
       <c r="S142" s="41"/>
     </row>
-    <row r="143" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="143" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q143" s="41"/>
       <c r="R143" s="44"/>
       <c r="S143" s="41"/>
     </row>
-    <row r="144" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="144" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q144" s="41"/>
       <c r="R144" s="44"/>
       <c r="S144" s="41"/>
     </row>
-    <row r="145" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="145" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q145" s="41"/>
       <c r="R145" s="44"/>
       <c r="S145" s="41"/>
     </row>
-    <row r="146" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="146" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q146" s="41"/>
       <c r="R146" s="44"/>
       <c r="S146" s="41"/>
     </row>
-    <row r="147" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="147" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q147" s="41"/>
       <c r="R147" s="44"/>
       <c r="S147" s="41"/>
     </row>
-    <row r="148" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="148" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q148" s="41"/>
       <c r="R148" s="44"/>
       <c r="S148" s="41"/>
     </row>
-    <row r="149" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="149" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q149" s="42"/>
       <c r="R149" s="44"/>
       <c r="S149" s="41"/>
     </row>
-    <row r="150" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="150" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q150" s="42"/>
       <c r="R150" s="44"/>
       <c r="S150" s="41"/>
     </row>
-    <row r="151" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="151" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q151" s="42"/>
       <c r="R151" s="44"/>
       <c r="S151" s="41"/>
     </row>
-    <row r="152" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="152" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q152" s="42"/>
       <c r="R152" s="44"/>
       <c r="S152" s="41"/>
     </row>
-    <row r="153" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="153" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q153" s="42"/>
       <c r="R153" s="44"/>
       <c r="S153" s="41"/>
     </row>
-    <row r="154" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="154" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q154" s="41"/>
       <c r="R154" s="44"/>
       <c r="S154" s="41"/>
     </row>
-    <row r="155" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="155" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q155" s="41"/>
       <c r="R155" s="44"/>
       <c r="S155" s="41"/>
     </row>
-    <row r="156" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="156" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q156" s="42"/>
       <c r="R156" s="44"/>
       <c r="S156" s="41"/>
     </row>
-    <row r="157" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="157" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q157" s="41"/>
       <c r="R157" s="44"/>
       <c r="S157" s="41"/>
     </row>
-    <row r="158" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="158" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q158" s="41"/>
       <c r="R158" s="44"/>
       <c r="S158" s="41"/>
     </row>
-    <row r="159" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="159" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q159" s="42"/>
       <c r="R159" s="44"/>
       <c r="S159" s="41"/>
     </row>
-    <row r="160" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="160" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q160" s="41"/>
       <c r="R160" s="44"/>
       <c r="S160" s="41"/>
     </row>
-    <row r="161" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="161" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q161" s="41"/>
       <c r="R161" s="44"/>
       <c r="S161" s="41"/>
     </row>
-    <row r="162" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="162" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q162" s="42"/>
       <c r="R162" s="44"/>
       <c r="S162" s="41"/>
     </row>
-    <row r="163" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="163" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q163" s="41"/>
       <c r="R163" s="44"/>
       <c r="S163" s="41"/>
     </row>
-    <row r="164" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="164" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q164" s="41"/>
       <c r="R164" s="44"/>
       <c r="S164" s="41"/>
     </row>
-    <row r="165" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="165" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q165" s="41"/>
       <c r="R165" s="44"/>
       <c r="S165" s="41"/>
     </row>
-    <row r="166" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="166" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q166" s="42"/>
       <c r="R166" s="44"/>
       <c r="S166" s="41"/>
     </row>
-    <row r="167" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="167" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q167" s="41"/>
       <c r="R167" s="44"/>
       <c r="S167" s="41"/>
     </row>
-    <row r="168" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="168" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q168" s="41"/>
       <c r="R168" s="44"/>
       <c r="S168" s="41"/>
     </row>
-    <row r="169" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="169" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q169" s="42"/>
       <c r="R169" s="44"/>
       <c r="S169" s="41"/>
     </row>
-    <row r="170" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="170" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q170" s="42"/>
       <c r="R170" s="44"/>
       <c r="S170" s="41"/>
     </row>
-    <row r="171" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="171" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q171" s="41"/>
       <c r="R171" s="44"/>
       <c r="S171" s="41"/>
     </row>
-    <row r="172" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="172" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q172" s="42"/>
       <c r="R172" s="44"/>
       <c r="S172" s="41"/>
     </row>
-    <row r="173" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="173" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q173" s="42"/>
       <c r="R173" s="44"/>
       <c r="S173" s="41"/>
     </row>
-    <row r="174" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="174" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q174" s="42"/>
       <c r="R174" s="44"/>
       <c r="S174" s="41"/>
     </row>
-    <row r="175" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="175" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q175" s="42"/>
       <c r="R175" s="44"/>
       <c r="S175" s="41"/>
     </row>
-    <row r="176" spans="17:19" x14ac:dyDescent="0.25">
+    <row r="176" spans="17:19" x14ac:dyDescent="0.3">
       <c r="Q176" s="42"/>
       <c r="R176" s="44"/>
       <c r="S176" s="41"/>
     </row>
-    <row r="177" spans="1:39" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:39" x14ac:dyDescent="0.3">
       <c r="Q177" s="42"/>
       <c r="R177" s="44"/>
       <c r="S177" s="41"/>
     </row>
-    <row r="178" spans="1:39" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:39" x14ac:dyDescent="0.3">
       <c r="Q178" s="42"/>
       <c r="R178" s="44"/>
       <c r="S178" s="41"/>
     </row>
-    <row r="179" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A179" s="43"/>
       <c r="B179" s="43"/>
       <c r="C179" s="43"/>
       <c r="D179" s="43"/>
       <c r="E179" s="43"/>
       <c r="F179" s="43"/>
       <c r="G179" s="43"/>
       <c r="H179" s="43"/>
       <c r="I179" s="43"/>
       <c r="J179" s="43"/>
       <c r="K179" s="43"/>
       <c r="L179" s="43"/>
       <c r="M179" s="43"/>
       <c r="N179" s="43"/>
       <c r="O179" s="43"/>
       <c r="P179" s="43"/>
       <c r="Q179" s="42"/>
       <c r="R179" s="44"/>
       <c r="S179" s="41"/>
       <c r="T179" s="43"/>
       <c r="U179" s="43"/>
       <c r="V179" s="43"/>
       <c r="W179" s="43"/>
       <c r="X179" s="43"/>
       <c r="Y179" s="43"/>
       <c r="Z179" s="43"/>
       <c r="AA179" s="43"/>
       <c r="AB179" s="43"/>
       <c r="AC179" s="43"/>
       <c r="AD179" s="43"/>
       <c r="AE179" s="43"/>
       <c r="AF179" s="43"/>
       <c r="AG179" s="43"/>
       <c r="AH179" s="43"/>
       <c r="AI179" s="43"/>
       <c r="AJ179" s="43"/>
       <c r="AK179" s="43"/>
       <c r="AL179" s="43"/>
       <c r="AM179" s="43"/>
     </row>
-    <row r="180" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A180" s="43"/>
       <c r="B180" s="43"/>
       <c r="C180" s="43"/>
       <c r="D180" s="43"/>
       <c r="E180" s="43"/>
       <c r="F180" s="43"/>
       <c r="G180" s="43"/>
       <c r="H180" s="43"/>
       <c r="I180" s="43"/>
       <c r="J180" s="43"/>
       <c r="K180" s="43"/>
       <c r="L180" s="43"/>
       <c r="M180" s="43"/>
       <c r="N180" s="43"/>
       <c r="O180" s="43"/>
       <c r="P180" s="43"/>
       <c r="Q180" s="42"/>
       <c r="R180" s="44"/>
       <c r="S180" s="41"/>
       <c r="T180" s="43"/>
       <c r="U180" s="43"/>
       <c r="V180" s="43"/>
       <c r="W180" s="43"/>
       <c r="X180" s="43"/>
       <c r="Y180" s="43"/>
       <c r="Z180" s="43"/>
       <c r="AA180" s="43"/>
       <c r="AB180" s="43"/>
       <c r="AC180" s="43"/>
       <c r="AD180" s="43"/>
       <c r="AE180" s="43"/>
       <c r="AF180" s="43"/>
       <c r="AG180" s="43"/>
       <c r="AH180" s="43"/>
       <c r="AI180" s="43"/>
       <c r="AJ180" s="43"/>
       <c r="AK180" s="43"/>
       <c r="AL180" s="43"/>
       <c r="AM180" s="43"/>
     </row>
-    <row r="181" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A181" s="43"/>
       <c r="B181" s="43"/>
       <c r="C181" s="43"/>
       <c r="D181" s="43"/>
       <c r="E181" s="43"/>
       <c r="F181" s="43"/>
       <c r="G181" s="43"/>
       <c r="H181" s="43"/>
       <c r="I181" s="43"/>
       <c r="J181" s="43"/>
       <c r="K181" s="43"/>
       <c r="L181" s="43"/>
       <c r="M181" s="43"/>
       <c r="N181" s="43"/>
       <c r="O181" s="43"/>
       <c r="P181" s="43"/>
       <c r="Q181" s="42"/>
       <c r="R181" s="44"/>
       <c r="S181" s="41"/>
       <c r="T181" s="43"/>
       <c r="U181" s="43"/>
       <c r="V181" s="43"/>
       <c r="W181" s="43"/>
       <c r="X181" s="43"/>
       <c r="Y181" s="43"/>
       <c r="Z181" s="43"/>
       <c r="AA181" s="43"/>
       <c r="AB181" s="43"/>
       <c r="AC181" s="43"/>
       <c r="AD181" s="43"/>
       <c r="AE181" s="43"/>
       <c r="AF181" s="43"/>
       <c r="AG181" s="43"/>
       <c r="AH181" s="43"/>
       <c r="AI181" s="43"/>
       <c r="AJ181" s="43"/>
       <c r="AK181" s="43"/>
       <c r="AL181" s="43"/>
       <c r="AM181" s="43"/>
     </row>
-    <row r="182" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A182" s="43"/>
       <c r="B182" s="43"/>
       <c r="C182" s="43"/>
       <c r="D182" s="43"/>
       <c r="E182" s="43"/>
       <c r="F182" s="43"/>
       <c r="G182" s="43"/>
       <c r="H182" s="43"/>
       <c r="I182" s="43"/>
       <c r="J182" s="43"/>
       <c r="K182" s="43"/>
       <c r="L182" s="43"/>
       <c r="M182" s="43"/>
       <c r="N182" s="43"/>
       <c r="O182" s="43"/>
       <c r="P182" s="43"/>
       <c r="Q182" s="42"/>
       <c r="R182" s="44"/>
       <c r="S182" s="44"/>
       <c r="T182" s="43"/>
       <c r="U182" s="43"/>
       <c r="V182" s="43"/>
       <c r="W182" s="43"/>
       <c r="X182" s="43"/>
       <c r="Y182" s="43"/>
       <c r="Z182" s="43"/>
       <c r="AA182" s="43"/>
       <c r="AB182" s="43"/>
       <c r="AC182" s="43"/>
       <c r="AD182" s="43"/>
       <c r="AE182" s="43"/>
       <c r="AF182" s="43"/>
       <c r="AG182" s="43"/>
       <c r="AH182" s="43"/>
       <c r="AI182" s="43"/>
       <c r="AJ182" s="43"/>
       <c r="AK182" s="43"/>
       <c r="AL182" s="43"/>
       <c r="AM182" s="43"/>
     </row>
-    <row r="183" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A183" s="43"/>
       <c r="B183" s="43"/>
       <c r="C183" s="43"/>
       <c r="D183" s="43"/>
       <c r="E183" s="43"/>
       <c r="F183" s="43"/>
       <c r="G183" s="43"/>
       <c r="H183" s="43"/>
       <c r="I183" s="43"/>
       <c r="J183" s="43"/>
       <c r="K183" s="43"/>
       <c r="L183" s="43"/>
       <c r="M183" s="43"/>
       <c r="N183" s="43"/>
       <c r="O183" s="43"/>
       <c r="P183" s="43"/>
       <c r="Q183" s="42"/>
       <c r="R183" s="44"/>
       <c r="S183" s="41"/>
       <c r="T183" s="43"/>
       <c r="U183" s="43"/>
       <c r="V183" s="43"/>
       <c r="W183" s="43"/>
       <c r="X183" s="43"/>
       <c r="Y183" s="43"/>
       <c r="Z183" s="43"/>
       <c r="AA183" s="43"/>
       <c r="AB183" s="43"/>
       <c r="AC183" s="43"/>
       <c r="AD183" s="43"/>
       <c r="AE183" s="43"/>
       <c r="AF183" s="43"/>
       <c r="AG183" s="43"/>
       <c r="AH183" s="43"/>
       <c r="AI183" s="43"/>
       <c r="AJ183" s="43"/>
       <c r="AK183" s="43"/>
       <c r="AL183" s="43"/>
       <c r="AM183" s="43"/>
     </row>
-    <row r="184" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A184" s="43"/>
       <c r="B184" s="43"/>
       <c r="C184" s="43"/>
       <c r="D184" s="43"/>
       <c r="E184" s="43"/>
       <c r="F184" s="43"/>
       <c r="G184" s="43"/>
       <c r="H184" s="43"/>
       <c r="I184" s="43"/>
       <c r="J184" s="43"/>
       <c r="K184" s="43"/>
       <c r="L184" s="43"/>
       <c r="M184" s="43"/>
       <c r="N184" s="43"/>
       <c r="O184" s="43"/>
       <c r="P184" s="43"/>
       <c r="Q184" s="42"/>
       <c r="R184" s="44"/>
       <c r="S184" s="41"/>
       <c r="T184" s="43"/>
       <c r="U184" s="43"/>
       <c r="V184" s="43"/>
       <c r="W184" s="43"/>
       <c r="X184" s="43"/>
       <c r="Y184" s="43"/>
       <c r="Z184" s="43"/>
       <c r="AA184" s="43"/>
       <c r="AB184" s="43"/>
       <c r="AC184" s="43"/>
       <c r="AD184" s="43"/>
       <c r="AE184" s="43"/>
       <c r="AF184" s="43"/>
       <c r="AG184" s="43"/>
       <c r="AH184" s="43"/>
       <c r="AI184" s="43"/>
       <c r="AJ184" s="43"/>
       <c r="AK184" s="43"/>
       <c r="AL184" s="43"/>
       <c r="AM184" s="43"/>
     </row>
-    <row r="185" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A185" s="43"/>
       <c r="B185" s="43"/>
       <c r="C185" s="43"/>
       <c r="D185" s="43"/>
       <c r="E185" s="43"/>
       <c r="F185" s="43"/>
       <c r="G185" s="43"/>
       <c r="H185" s="43"/>
       <c r="I185" s="43"/>
       <c r="J185" s="43"/>
       <c r="K185" s="43"/>
       <c r="L185" s="43"/>
       <c r="M185" s="43"/>
       <c r="N185" s="43"/>
       <c r="O185" s="43"/>
       <c r="P185" s="43"/>
       <c r="Q185" s="42"/>
       <c r="R185" s="44"/>
       <c r="S185" s="41"/>
       <c r="T185" s="43"/>
       <c r="U185" s="43"/>
       <c r="V185" s="43"/>
       <c r="W185" s="43"/>
       <c r="X185" s="43"/>
       <c r="Y185" s="43"/>
       <c r="Z185" s="43"/>
       <c r="AA185" s="43"/>
       <c r="AB185" s="43"/>
       <c r="AC185" s="43"/>
       <c r="AD185" s="43"/>
       <c r="AE185" s="43"/>
       <c r="AF185" s="43"/>
       <c r="AG185" s="43"/>
       <c r="AH185" s="43"/>
       <c r="AI185" s="43"/>
       <c r="AJ185" s="43"/>
       <c r="AK185" s="43"/>
       <c r="AL185" s="43"/>
       <c r="AM185" s="43"/>
     </row>
-    <row r="186" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A186" s="43"/>
       <c r="B186" s="43"/>
       <c r="C186" s="43"/>
       <c r="D186" s="43"/>
       <c r="E186" s="43"/>
       <c r="F186" s="43"/>
       <c r="G186" s="43"/>
       <c r="H186" s="43"/>
       <c r="I186" s="43"/>
       <c r="J186" s="43"/>
       <c r="K186" s="43"/>
       <c r="L186" s="43"/>
       <c r="M186" s="43"/>
       <c r="N186" s="43"/>
       <c r="O186" s="43"/>
       <c r="P186" s="43"/>
       <c r="Q186" s="42"/>
       <c r="R186" s="44"/>
       <c r="S186" s="41"/>
       <c r="T186" s="43"/>
       <c r="U186" s="43"/>
       <c r="V186" s="43"/>
       <c r="W186" s="43"/>
       <c r="X186" s="43"/>
       <c r="Y186" s="43"/>
       <c r="Z186" s="43"/>
       <c r="AA186" s="43"/>
       <c r="AB186" s="43"/>
       <c r="AC186" s="43"/>
       <c r="AD186" s="43"/>
       <c r="AE186" s="43"/>
       <c r="AF186" s="43"/>
       <c r="AG186" s="43"/>
       <c r="AH186" s="43"/>
       <c r="AI186" s="43"/>
       <c r="AJ186" s="43"/>
       <c r="AK186" s="43"/>
       <c r="AL186" s="43"/>
       <c r="AM186" s="43"/>
     </row>
-    <row r="187" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A187" s="43"/>
       <c r="B187" s="43"/>
       <c r="C187" s="43"/>
       <c r="D187" s="43"/>
       <c r="E187" s="43"/>
       <c r="F187" s="43"/>
       <c r="G187" s="43"/>
       <c r="H187" s="43"/>
       <c r="I187" s="43"/>
       <c r="J187" s="43"/>
       <c r="K187" s="43"/>
       <c r="L187" s="43"/>
       <c r="M187" s="43"/>
       <c r="N187" s="43"/>
       <c r="O187" s="43"/>
       <c r="P187" s="43"/>
       <c r="Q187" s="42"/>
       <c r="R187" s="41"/>
       <c r="S187" s="46"/>
       <c r="T187" s="43"/>
       <c r="U187" s="43"/>
       <c r="V187" s="43"/>
       <c r="W187" s="43"/>
       <c r="X187" s="43"/>
       <c r="Y187" s="43"/>
       <c r="Z187" s="43"/>
       <c r="AA187" s="43"/>
       <c r="AB187" s="43"/>
       <c r="AC187" s="43"/>
       <c r="AD187" s="43"/>
       <c r="AE187" s="43"/>
       <c r="AF187" s="43"/>
       <c r="AG187" s="43"/>
       <c r="AH187" s="43"/>
       <c r="AI187" s="43"/>
       <c r="AJ187" s="43"/>
       <c r="AK187" s="43"/>
       <c r="AL187" s="43"/>
       <c r="AM187" s="43"/>
     </row>
-    <row r="188" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A188" s="43"/>
       <c r="B188" s="43"/>
       <c r="C188" s="43"/>
       <c r="D188" s="43"/>
       <c r="E188" s="43"/>
       <c r="F188" s="43"/>
       <c r="G188" s="43"/>
       <c r="H188" s="43"/>
       <c r="I188" s="43"/>
       <c r="J188" s="43"/>
       <c r="K188" s="43"/>
       <c r="L188" s="43"/>
       <c r="M188" s="43"/>
       <c r="N188" s="43"/>
       <c r="O188" s="43"/>
       <c r="P188" s="43"/>
       <c r="Q188" s="43"/>
       <c r="R188" s="47"/>
       <c r="S188" s="43"/>
       <c r="T188" s="43"/>
       <c r="U188" s="43"/>
       <c r="V188" s="43"/>
       <c r="W188" s="43"/>
       <c r="X188" s="43"/>
       <c r="Y188" s="43"/>
       <c r="Z188" s="43"/>
       <c r="AA188" s="43"/>
       <c r="AB188" s="43"/>
       <c r="AC188" s="43"/>
       <c r="AD188" s="43"/>
       <c r="AE188" s="43"/>
       <c r="AF188" s="43"/>
       <c r="AG188" s="43"/>
       <c r="AH188" s="43"/>
       <c r="AI188" s="43"/>
       <c r="AJ188" s="43"/>
       <c r="AK188" s="43"/>
       <c r="AL188" s="43"/>
       <c r="AM188" s="43"/>
     </row>
-    <row r="189" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A189" s="43"/>
       <c r="B189" s="43"/>
       <c r="C189" s="43"/>
       <c r="D189" s="43"/>
       <c r="E189" s="43"/>
       <c r="F189" s="43"/>
       <c r="G189" s="43"/>
       <c r="H189" s="43"/>
       <c r="I189" s="43"/>
       <c r="J189" s="43"/>
       <c r="K189" s="43"/>
       <c r="L189" s="43"/>
       <c r="M189" s="43"/>
       <c r="N189" s="43"/>
       <c r="O189" s="43"/>
       <c r="P189" s="43"/>
       <c r="Q189" s="43"/>
       <c r="R189" s="47"/>
       <c r="S189" s="43"/>
       <c r="T189" s="43"/>
       <c r="U189" s="43"/>
       <c r="V189" s="43"/>
       <c r="W189" s="43"/>
       <c r="X189" s="43"/>
       <c r="Y189" s="43"/>
       <c r="Z189" s="43"/>
       <c r="AA189" s="43"/>
       <c r="AB189" s="43"/>
       <c r="AC189" s="43"/>
       <c r="AD189" s="43"/>
       <c r="AE189" s="43"/>
       <c r="AF189" s="43"/>
       <c r="AG189" s="43"/>
       <c r="AH189" s="43"/>
       <c r="AI189" s="43"/>
       <c r="AJ189" s="43"/>
       <c r="AK189" s="43"/>
       <c r="AL189" s="43"/>
       <c r="AM189" s="43"/>
     </row>
-    <row r="190" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A190" s="43"/>
       <c r="B190" s="43"/>
       <c r="C190" s="43"/>
       <c r="D190" s="43"/>
       <c r="E190" s="43"/>
       <c r="F190" s="43"/>
       <c r="G190" s="43"/>
       <c r="H190" s="43"/>
       <c r="I190" s="43"/>
       <c r="J190" s="43"/>
       <c r="K190" s="43"/>
       <c r="L190" s="43"/>
       <c r="M190" s="43"/>
       <c r="N190" s="43"/>
       <c r="O190" s="43"/>
       <c r="P190" s="43"/>
       <c r="Q190" s="43"/>
       <c r="R190" s="47"/>
       <c r="S190" s="43"/>
       <c r="T190" s="43"/>
       <c r="U190" s="43"/>
       <c r="V190" s="43"/>
       <c r="W190" s="43"/>
       <c r="X190" s="43"/>
       <c r="Y190" s="43"/>
       <c r="Z190" s="43"/>
       <c r="AA190" s="43"/>
       <c r="AB190" s="43"/>
       <c r="AC190" s="43"/>
       <c r="AD190" s="43"/>
       <c r="AE190" s="43"/>
       <c r="AF190" s="43"/>
       <c r="AG190" s="43"/>
       <c r="AH190" s="43"/>
       <c r="AI190" s="43"/>
       <c r="AJ190" s="43"/>
       <c r="AK190" s="43"/>
       <c r="AL190" s="43"/>
       <c r="AM190" s="43"/>
     </row>
-    <row r="191" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A191" s="43"/>
       <c r="B191" s="43"/>
       <c r="C191" s="43"/>
       <c r="D191" s="43"/>
       <c r="E191" s="43"/>
       <c r="F191" s="43"/>
       <c r="G191" s="43"/>
       <c r="H191" s="43"/>
       <c r="I191" s="43"/>
       <c r="J191" s="43"/>
       <c r="K191" s="43"/>
       <c r="L191" s="43"/>
       <c r="M191" s="43"/>
       <c r="N191" s="43"/>
       <c r="O191" s="43"/>
       <c r="P191" s="43"/>
       <c r="Q191" s="43"/>
       <c r="R191" s="47"/>
       <c r="S191" s="43"/>
       <c r="T191" s="43"/>
       <c r="U191" s="43"/>
       <c r="V191" s="43"/>
       <c r="W191" s="43"/>
       <c r="X191" s="43"/>
       <c r="Y191" s="43"/>
       <c r="Z191" s="43"/>
       <c r="AA191" s="43"/>
       <c r="AB191" s="43"/>
       <c r="AC191" s="43"/>
       <c r="AD191" s="43"/>
       <c r="AE191" s="43"/>
       <c r="AF191" s="43"/>
       <c r="AG191" s="43"/>
       <c r="AH191" s="43"/>
       <c r="AI191" s="43"/>
       <c r="AJ191" s="43"/>
       <c r="AK191" s="43"/>
       <c r="AL191" s="43"/>
       <c r="AM191" s="43"/>
     </row>
-    <row r="192" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A192" s="43"/>
       <c r="B192" s="43"/>
       <c r="C192" s="43"/>
       <c r="D192" s="43"/>
       <c r="E192" s="43"/>
       <c r="F192" s="43"/>
       <c r="G192" s="43"/>
       <c r="H192" s="43"/>
       <c r="I192" s="43"/>
       <c r="J192" s="43"/>
       <c r="K192" s="43"/>
       <c r="L192" s="43"/>
       <c r="M192" s="43"/>
       <c r="N192" s="43"/>
       <c r="O192" s="43"/>
       <c r="P192" s="43"/>
       <c r="Q192" s="43"/>
       <c r="R192" s="47"/>
       <c r="S192" s="43"/>
       <c r="T192" s="43"/>
       <c r="U192" s="43"/>
       <c r="V192" s="43"/>
       <c r="W192" s="43"/>
       <c r="X192" s="43"/>
       <c r="Y192" s="43"/>
       <c r="Z192" s="43"/>
       <c r="AA192" s="43"/>
       <c r="AB192" s="43"/>
       <c r="AC192" s="43"/>
       <c r="AD192" s="43"/>
       <c r="AE192" s="43"/>
       <c r="AF192" s="43"/>
       <c r="AG192" s="43"/>
       <c r="AH192" s="43"/>
       <c r="AI192" s="43"/>
       <c r="AJ192" s="43"/>
       <c r="AK192" s="43"/>
       <c r="AL192" s="43"/>
       <c r="AM192" s="43"/>
     </row>
-    <row r="193" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A193" s="43"/>
       <c r="B193" s="43"/>
       <c r="C193" s="43"/>
       <c r="D193" s="43"/>
       <c r="E193" s="43"/>
       <c r="F193" s="43"/>
       <c r="G193" s="43"/>
       <c r="H193" s="43"/>
       <c r="I193" s="43"/>
       <c r="J193" s="43"/>
       <c r="K193" s="43"/>
       <c r="L193" s="43"/>
       <c r="M193" s="43"/>
       <c r="N193" s="43"/>
       <c r="O193" s="43"/>
       <c r="P193" s="43"/>
       <c r="Q193" s="43"/>
       <c r="R193" s="47"/>
       <c r="S193" s="43"/>
       <c r="T193" s="43"/>
       <c r="U193" s="43"/>
       <c r="V193" s="43"/>
       <c r="W193" s="43"/>
       <c r="X193" s="43"/>
       <c r="Y193" s="43"/>
       <c r="Z193" s="43"/>
       <c r="AA193" s="43"/>
       <c r="AB193" s="43"/>
       <c r="AC193" s="43"/>
       <c r="AD193" s="43"/>
       <c r="AE193" s="43"/>
       <c r="AF193" s="43"/>
       <c r="AG193" s="43"/>
       <c r="AH193" s="43"/>
       <c r="AI193" s="43"/>
       <c r="AJ193" s="43"/>
       <c r="AK193" s="43"/>
       <c r="AL193" s="43"/>
       <c r="AM193" s="43"/>
     </row>
-    <row r="194" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A194" s="43"/>
       <c r="B194" s="43"/>
       <c r="C194" s="43"/>
       <c r="D194" s="43"/>
       <c r="E194" s="43"/>
       <c r="F194" s="43"/>
       <c r="G194" s="43"/>
       <c r="H194" s="43"/>
       <c r="I194" s="43"/>
       <c r="J194" s="43"/>
       <c r="K194" s="43"/>
       <c r="L194" s="43"/>
       <c r="M194" s="43"/>
       <c r="N194" s="43"/>
       <c r="O194" s="43"/>
       <c r="P194" s="43"/>
       <c r="Q194" s="43"/>
       <c r="R194" s="47"/>
       <c r="S194" s="43"/>
       <c r="T194" s="43"/>
       <c r="U194" s="43"/>
       <c r="V194" s="43"/>
       <c r="W194" s="43"/>
       <c r="X194" s="43"/>
       <c r="Y194" s="43"/>
       <c r="Z194" s="43"/>
       <c r="AA194" s="43"/>
       <c r="AB194" s="43"/>
       <c r="AC194" s="43"/>
       <c r="AD194" s="43"/>
       <c r="AE194" s="43"/>
       <c r="AF194" s="43"/>
       <c r="AG194" s="43"/>
       <c r="AH194" s="43"/>
       <c r="AI194" s="43"/>
       <c r="AJ194" s="43"/>
       <c r="AK194" s="43"/>
       <c r="AL194" s="43"/>
       <c r="AM194" s="43"/>
     </row>
-    <row r="195" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A195" s="43"/>
       <c r="B195" s="43"/>
       <c r="C195" s="43"/>
       <c r="D195" s="43"/>
       <c r="E195" s="43"/>
       <c r="F195" s="43"/>
       <c r="G195" s="43"/>
       <c r="H195" s="43"/>
       <c r="I195" s="43"/>
       <c r="J195" s="43"/>
       <c r="K195" s="43"/>
       <c r="L195" s="43"/>
       <c r="M195" s="43"/>
       <c r="N195" s="43"/>
       <c r="O195" s="43"/>
       <c r="P195" s="43"/>
       <c r="Q195" s="43"/>
       <c r="R195" s="47"/>
       <c r="S195" s="43"/>
       <c r="T195" s="43"/>
       <c r="U195" s="43"/>
       <c r="V195" s="43"/>
       <c r="W195" s="43"/>
       <c r="X195" s="43"/>
       <c r="Y195" s="43"/>
       <c r="Z195" s="43"/>
       <c r="AA195" s="43"/>
       <c r="AB195" s="43"/>
       <c r="AC195" s="43"/>
       <c r="AD195" s="43"/>
       <c r="AE195" s="43"/>
       <c r="AF195" s="43"/>
       <c r="AG195" s="43"/>
       <c r="AH195" s="43"/>
       <c r="AI195" s="43"/>
       <c r="AJ195" s="43"/>
       <c r="AK195" s="43"/>
       <c r="AL195" s="43"/>
       <c r="AM195" s="43"/>
     </row>
-    <row r="196" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A196" s="43"/>
       <c r="B196" s="43"/>
       <c r="C196" s="43"/>
       <c r="D196" s="43"/>
       <c r="E196" s="43"/>
       <c r="F196" s="43"/>
       <c r="G196" s="43"/>
       <c r="H196" s="43"/>
       <c r="I196" s="43"/>
       <c r="J196" s="43"/>
       <c r="K196" s="43"/>
       <c r="L196" s="43"/>
       <c r="M196" s="43"/>
       <c r="N196" s="43"/>
       <c r="O196" s="43"/>
       <c r="P196" s="43"/>
       <c r="Q196" s="43"/>
       <c r="R196" s="47"/>
       <c r="S196" s="43"/>
       <c r="T196" s="43"/>
       <c r="U196" s="43"/>
       <c r="V196" s="43"/>
       <c r="W196" s="43"/>
       <c r="X196" s="43"/>
       <c r="Y196" s="43"/>
       <c r="Z196" s="43"/>
       <c r="AA196" s="43"/>
       <c r="AB196" s="43"/>
       <c r="AC196" s="43"/>
       <c r="AD196" s="43"/>
       <c r="AE196" s="43"/>
       <c r="AF196" s="43"/>
       <c r="AG196" s="43"/>
       <c r="AH196" s="43"/>
       <c r="AI196" s="43"/>
       <c r="AJ196" s="43"/>
       <c r="AK196" s="43"/>
       <c r="AL196" s="43"/>
       <c r="AM196" s="43"/>
     </row>
-    <row r="197" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A197" s="43"/>
       <c r="B197" s="43"/>
       <c r="C197" s="43"/>
       <c r="D197" s="43"/>
       <c r="E197" s="43"/>
       <c r="F197" s="43"/>
       <c r="G197" s="43"/>
       <c r="H197" s="43"/>
       <c r="I197" s="43"/>
       <c r="J197" s="43"/>
       <c r="K197" s="43"/>
       <c r="L197" s="43"/>
       <c r="M197" s="43"/>
       <c r="N197" s="43"/>
       <c r="O197" s="43"/>
       <c r="P197" s="43"/>
       <c r="Q197" s="43"/>
       <c r="R197" s="47"/>
       <c r="S197" s="43"/>
       <c r="T197" s="43"/>
       <c r="U197" s="43"/>
       <c r="V197" s="43"/>
       <c r="W197" s="43"/>
       <c r="X197" s="43"/>
       <c r="Y197" s="43"/>
       <c r="Z197" s="43"/>
       <c r="AA197" s="43"/>
       <c r="AB197" s="43"/>
       <c r="AC197" s="43"/>
       <c r="AD197" s="43"/>
       <c r="AE197" s="43"/>
       <c r="AF197" s="43"/>
       <c r="AG197" s="43"/>
       <c r="AH197" s="43"/>
       <c r="AI197" s="43"/>
       <c r="AJ197" s="43"/>
       <c r="AK197" s="43"/>
       <c r="AL197" s="43"/>
       <c r="AM197" s="43"/>
     </row>
-    <row r="198" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A198" s="43"/>
       <c r="B198" s="43"/>
       <c r="C198" s="43"/>
       <c r="D198" s="43"/>
       <c r="E198" s="43"/>
       <c r="F198" s="43"/>
       <c r="G198" s="43"/>
       <c r="H198" s="43"/>
       <c r="I198" s="43"/>
       <c r="J198" s="43"/>
       <c r="K198" s="43"/>
       <c r="L198" s="43"/>
       <c r="M198" s="43"/>
       <c r="N198" s="43"/>
       <c r="O198" s="43"/>
       <c r="P198" s="43"/>
       <c r="Q198" s="43"/>
       <c r="R198" s="47"/>
       <c r="S198" s="43"/>
       <c r="T198" s="43"/>
       <c r="U198" s="43"/>
       <c r="V198" s="43"/>
       <c r="W198" s="43"/>
       <c r="X198" s="43"/>
       <c r="Y198" s="43"/>
       <c r="Z198" s="43"/>
       <c r="AA198" s="43"/>
       <c r="AB198" s="43"/>
       <c r="AC198" s="43"/>
       <c r="AD198" s="43"/>
       <c r="AE198" s="43"/>
       <c r="AF198" s="43"/>
       <c r="AG198" s="43"/>
       <c r="AH198" s="43"/>
       <c r="AI198" s="43"/>
       <c r="AJ198" s="43"/>
       <c r="AK198" s="43"/>
       <c r="AL198" s="43"/>
       <c r="AM198" s="43"/>
     </row>
-    <row r="199" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A199" s="43"/>
       <c r="B199" s="43"/>
       <c r="C199" s="43"/>
       <c r="D199" s="43"/>
       <c r="E199" s="43"/>
       <c r="F199" s="43"/>
       <c r="G199" s="43"/>
       <c r="H199" s="43"/>
       <c r="I199" s="43"/>
       <c r="J199" s="43"/>
       <c r="K199" s="43"/>
       <c r="L199" s="43"/>
       <c r="M199" s="43"/>
       <c r="N199" s="43"/>
       <c r="O199" s="43"/>
       <c r="P199" s="43"/>
       <c r="Q199" s="43"/>
       <c r="R199" s="47"/>
       <c r="S199" s="43"/>
       <c r="T199" s="43"/>
       <c r="U199" s="43"/>
       <c r="V199" s="43"/>
       <c r="W199" s="43"/>
       <c r="X199" s="43"/>
       <c r="Y199" s="43"/>
       <c r="Z199" s="43"/>
       <c r="AA199" s="43"/>
       <c r="AB199" s="43"/>
       <c r="AC199" s="43"/>
       <c r="AD199" s="43"/>
       <c r="AE199" s="43"/>
       <c r="AF199" s="43"/>
       <c r="AG199" s="43"/>
       <c r="AH199" s="43"/>
       <c r="AI199" s="43"/>
       <c r="AJ199" s="43"/>
       <c r="AK199" s="43"/>
       <c r="AL199" s="43"/>
       <c r="AM199" s="43"/>
     </row>
-    <row r="200" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:39" s="45" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A200" s="43"/>
       <c r="B200" s="43"/>
       <c r="C200" s="43"/>
       <c r="D200" s="43"/>
       <c r="E200" s="43"/>
       <c r="F200" s="43"/>
       <c r="G200" s="43"/>
       <c r="H200" s="43"/>
       <c r="I200" s="43"/>
       <c r="J200" s="43"/>
       <c r="K200" s="43"/>
       <c r="L200" s="43"/>
       <c r="M200" s="43"/>
       <c r="N200" s="43"/>
       <c r="O200" s="43"/>
       <c r="P200" s="43"/>
       <c r="Q200" s="43"/>
       <c r="R200" s="47"/>
       <c r="S200" s="43"/>
       <c r="T200" s="43"/>
       <c r="U200" s="43"/>
       <c r="V200" s="43"/>
       <c r="W200" s="43"/>
       <c r="X200" s="43"/>
       <c r="Y200" s="43"/>
@@ -4962,1947 +4965,1947 @@
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D18:E18"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D18:E18" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>$H$20:$H$21</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D19:E19" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>$H$25:$H$28</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B7:R48"/>
   <sheetViews>
     <sheetView topLeftCell="A16" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="E14" sqref="E14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11" style="3"/>
-    <col min="2" max="2" width="7.25" style="3" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="3.375" style="3" customWidth="1"/>
+    <col min="2" max="2" width="7.19921875" style="3" customWidth="1"/>
+    <col min="3" max="3" width="2.19921875" style="3" customWidth="1"/>
+    <col min="4" max="4" width="44.3984375" style="3" customWidth="1"/>
+    <col min="5" max="5" width="26.19921875" style="3" customWidth="1"/>
+    <col min="6" max="6" width="3.3984375" style="3" customWidth="1"/>
     <col min="7" max="8" width="27.5" style="3" customWidth="1"/>
     <col min="9" max="9" width="2.5" style="3" customWidth="1"/>
-    <col min="10" max="10" width="7.375" style="3" customWidth="1"/>
+    <col min="10" max="10" width="7.3984375" style="3" customWidth="1"/>
     <col min="11" max="11" width="2.5" style="3" customWidth="1"/>
-    <col min="12" max="12" width="44.375" style="3" customWidth="1"/>
-    <col min="13" max="13" width="39.875" style="3" customWidth="1"/>
+    <col min="12" max="12" width="44.3984375" style="3" customWidth="1"/>
+    <col min="13" max="13" width="39.8984375" style="3" customWidth="1"/>
     <col min="14" max="14" width="3" style="3" customWidth="1"/>
     <col min="15" max="16" width="27.5" style="3" customWidth="1"/>
     <col min="17" max="17" width="2.5" style="3" customWidth="1"/>
     <col min="18" max="16384" width="11" style="3"/>
   </cols>
   <sheetData>
-    <row r="7" spans="3:17" x14ac:dyDescent="0.25">
+    <row r="7" spans="3:17" x14ac:dyDescent="0.3">
       <c r="H7" s="61"/>
     </row>
-    <row r="9" spans="3:17" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="3:17" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D9" s="14" t="s">
         <v>219</v>
       </c>
       <c r="E9" s="14"/>
       <c r="F9" s="15"/>
     </row>
-    <row r="10" spans="3:17" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="3:17" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D10" s="69" t="s">
         <v>211</v>
       </c>
       <c r="E10" s="69"/>
       <c r="F10" s="70"/>
       <c r="G10" s="71"/>
       <c r="H10" s="71"/>
       <c r="I10" s="71"/>
       <c r="J10" s="71"/>
       <c r="K10" s="71"/>
       <c r="L10" s="71"/>
       <c r="M10" s="71"/>
       <c r="N10" s="71"/>
       <c r="O10" s="71"/>
       <c r="P10" s="71"/>
     </row>
-    <row r="11" spans="3:17" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="3:17" ht="27" customHeight="1" x14ac:dyDescent="0.4">
       <c r="D11" s="69" t="s">
         <v>223</v>
       </c>
       <c r="E11" s="69"/>
       <c r="F11" s="70"/>
       <c r="G11" s="71"/>
       <c r="H11" s="71"/>
       <c r="I11" s="71"/>
       <c r="J11" s="71"/>
       <c r="K11" s="71"/>
       <c r="L11" s="71"/>
       <c r="M11" s="71"/>
       <c r="N11" s="71"/>
       <c r="O11" s="71"/>
       <c r="P11" s="71"/>
     </row>
-    <row r="12" spans="3:17" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="3:17" ht="27" customHeight="1" x14ac:dyDescent="0.4">
       <c r="D12" s="69" t="s">
         <v>222</v>
       </c>
       <c r="E12" s="69"/>
       <c r="F12" s="70"/>
       <c r="G12" s="71"/>
       <c r="H12" s="71"/>
       <c r="I12" s="71"/>
       <c r="J12" s="71"/>
       <c r="K12" s="71"/>
       <c r="L12" s="71"/>
       <c r="M12" s="71"/>
       <c r="N12" s="71"/>
       <c r="O12" s="71"/>
       <c r="P12" s="71"/>
     </row>
-    <row r="13" spans="3:17" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="3:17" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D13" s="27"/>
       <c r="E13" s="27"/>
       <c r="F13" s="15"/>
     </row>
-    <row r="14" spans="3:17" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="3:17" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D14" s="73"/>
       <c r="E14" s="14"/>
       <c r="F14" s="15"/>
     </row>
-    <row r="15" spans="3:17" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="3:17" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C15" s="5"/>
       <c r="D15" s="16"/>
       <c r="E15" s="16"/>
       <c r="F15" s="16"/>
       <c r="G15" s="16"/>
       <c r="H15" s="16"/>
       <c r="I15" s="11"/>
       <c r="K15" s="5"/>
       <c r="L15" s="16"/>
       <c r="M15" s="16"/>
       <c r="N15" s="16"/>
       <c r="O15" s="16"/>
       <c r="P15" s="16"/>
       <c r="Q15" s="11"/>
     </row>
-    <row r="16" spans="3:17" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="3:17" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C16" s="6"/>
       <c r="D16" s="80" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="80"/>
       <c r="F16" s="80"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8"/>
       <c r="I16" s="12"/>
       <c r="J16" s="8"/>
       <c r="K16" s="6"/>
       <c r="L16" s="80" t="s">
         <v>17</v>
       </c>
       <c r="M16" s="80"/>
       <c r="N16" s="80"/>
       <c r="O16" s="8"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="12"/>
     </row>
-    <row r="17" spans="2:18" ht="78" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:18" ht="78" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C17" s="6"/>
       <c r="D17" s="62" t="s">
         <v>215</v>
       </c>
       <c r="E17" s="67" t="s">
         <v>220</v>
       </c>
       <c r="F17" s="8"/>
       <c r="G17" s="17" t="s">
         <v>47</v>
       </c>
       <c r="H17" s="17" t="s">
         <v>13</v>
       </c>
       <c r="I17" s="12"/>
       <c r="J17" s="8"/>
       <c r="K17" s="6"/>
       <c r="L17" s="62" t="s">
         <v>215</v>
       </c>
       <c r="M17" s="67" t="s">
         <v>221</v>
       </c>
       <c r="N17" s="8"/>
       <c r="O17" s="17" t="s">
         <v>47</v>
       </c>
       <c r="P17" s="17" t="s">
         <v>13</v>
       </c>
       <c r="Q17" s="12"/>
     </row>
-    <row r="18" spans="2:18" ht="46.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:18" ht="46.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C18" s="6"/>
       <c r="D18" s="58" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="66" t="s">
         <v>218</v>
       </c>
       <c r="F18" s="8"/>
       <c r="G18" s="20"/>
       <c r="H18" s="20"/>
       <c r="I18" s="12"/>
       <c r="J18" s="8"/>
       <c r="K18" s="6"/>
       <c r="L18" s="58" t="s">
         <v>14</v>
       </c>
       <c r="M18" s="66" t="s">
         <v>217</v>
       </c>
       <c r="N18" s="8"/>
       <c r="O18" s="20"/>
       <c r="P18" s="20"/>
       <c r="Q18" s="12"/>
     </row>
-    <row r="19" spans="2:18" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:18" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C19" s="6"/>
       <c r="D19" s="19" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="59"/>
       <c r="F19" s="8"/>
       <c r="G19" s="20"/>
       <c r="H19" s="20"/>
       <c r="I19" s="12"/>
       <c r="J19" s="8"/>
       <c r="K19" s="6"/>
       <c r="L19" s="19" t="s">
         <v>21</v>
       </c>
       <c r="M19" s="59"/>
       <c r="N19" s="8"/>
       <c r="O19" s="20"/>
       <c r="P19" s="20"/>
       <c r="Q19" s="12"/>
     </row>
-    <row r="20" spans="2:18" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:18" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C20" s="6"/>
       <c r="D20" s="19" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="59"/>
       <c r="F20" s="8"/>
       <c r="G20" s="20"/>
       <c r="H20" s="20"/>
       <c r="I20" s="12"/>
       <c r="J20" s="8"/>
       <c r="K20" s="6"/>
       <c r="L20" s="19" t="s">
         <v>22</v>
       </c>
       <c r="M20" s="59"/>
       <c r="N20" s="8"/>
       <c r="O20" s="20"/>
       <c r="P20" s="20"/>
       <c r="Q20" s="12"/>
     </row>
-    <row r="21" spans="2:18" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:18" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C21" s="6"/>
       <c r="D21" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="59"/>
       <c r="F21" s="8"/>
       <c r="G21" s="20"/>
       <c r="H21" s="20"/>
       <c r="I21" s="12"/>
       <c r="J21" s="8"/>
       <c r="K21" s="6"/>
       <c r="L21" s="19" t="s">
         <v>15</v>
       </c>
       <c r="M21" s="59"/>
       <c r="N21" s="8"/>
       <c r="O21" s="20"/>
       <c r="P21" s="20"/>
       <c r="Q21" s="12"/>
     </row>
-    <row r="22" spans="2:18" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:18" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C22" s="6"/>
       <c r="D22" s="19" t="s">
         <v>23</v>
       </c>
       <c r="E22" s="59"/>
       <c r="F22" s="8"/>
       <c r="G22" s="20"/>
       <c r="H22" s="20"/>
       <c r="I22" s="12"/>
       <c r="J22" s="8"/>
       <c r="K22" s="6"/>
       <c r="L22" s="19" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="59"/>
       <c r="N22" s="8"/>
       <c r="O22" s="20"/>
       <c r="P22" s="20"/>
       <c r="Q22" s="12"/>
     </row>
-    <row r="23" spans="2:18" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:18" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C23" s="6"/>
       <c r="D23" s="19" t="s">
         <v>24</v>
       </c>
       <c r="E23" s="59"/>
       <c r="F23" s="8"/>
       <c r="G23" s="20"/>
       <c r="H23" s="20"/>
       <c r="I23" s="12"/>
       <c r="J23" s="8"/>
       <c r="K23" s="6"/>
       <c r="L23" s="19" t="s">
         <v>24</v>
       </c>
       <c r="M23" s="59"/>
       <c r="N23" s="8"/>
       <c r="O23" s="20"/>
       <c r="P23" s="20"/>
       <c r="Q23" s="12"/>
     </row>
-    <row r="24" spans="2:18" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:18" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C24" s="6"/>
       <c r="D24" s="19" t="s">
         <v>25</v>
       </c>
       <c r="E24" s="59"/>
       <c r="F24" s="8"/>
       <c r="G24" s="20"/>
       <c r="H24" s="20"/>
       <c r="I24" s="12"/>
       <c r="J24" s="8"/>
       <c r="K24" s="6"/>
       <c r="L24" s="19" t="s">
         <v>25</v>
       </c>
       <c r="M24" s="59"/>
       <c r="N24" s="8"/>
       <c r="O24" s="20"/>
       <c r="P24" s="20"/>
       <c r="Q24" s="12"/>
     </row>
-    <row r="25" spans="2:18" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:18" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C25" s="6"/>
       <c r="D25" s="19" t="s">
         <v>26</v>
       </c>
       <c r="E25" s="59"/>
       <c r="F25" s="8"/>
       <c r="G25" s="20"/>
       <c r="H25" s="20"/>
       <c r="I25" s="12"/>
       <c r="J25" s="8"/>
       <c r="K25" s="6"/>
       <c r="L25" s="19" t="s">
         <v>26</v>
       </c>
       <c r="M25" s="59"/>
       <c r="N25" s="8"/>
       <c r="O25" s="20"/>
       <c r="P25" s="20"/>
       <c r="Q25" s="12"/>
     </row>
-    <row r="26" spans="2:18" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:18" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C26" s="6"/>
       <c r="D26" s="19" t="s">
         <v>27</v>
       </c>
       <c r="E26" s="59"/>
       <c r="F26" s="8"/>
       <c r="G26" s="20"/>
       <c r="H26" s="20"/>
       <c r="I26" s="12"/>
       <c r="J26" s="8"/>
       <c r="K26" s="6"/>
       <c r="L26" s="19" t="s">
         <v>27</v>
       </c>
       <c r="M26" s="59"/>
       <c r="N26" s="8"/>
       <c r="O26" s="20"/>
       <c r="P26" s="20"/>
       <c r="Q26" s="12"/>
     </row>
-    <row r="27" spans="2:18" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:18" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C27" s="6"/>
       <c r="D27" s="68" t="s">
         <v>28</v>
       </c>
       <c r="E27" s="59"/>
       <c r="F27" s="8"/>
       <c r="G27" s="20"/>
       <c r="H27" s="20"/>
       <c r="I27" s="12"/>
       <c r="J27" s="8"/>
       <c r="K27" s="6"/>
       <c r="L27" s="68" t="s">
         <v>28</v>
       </c>
       <c r="M27" s="59"/>
       <c r="N27" s="8"/>
       <c r="O27" s="20"/>
       <c r="P27" s="20"/>
       <c r="Q27" s="12"/>
     </row>
-    <row r="28" spans="2:18" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:18" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C28" s="6"/>
       <c r="D28" s="19" t="s">
         <v>29</v>
       </c>
       <c r="E28" s="59"/>
       <c r="F28" s="8"/>
       <c r="G28" s="20"/>
       <c r="H28" s="20"/>
       <c r="I28" s="12"/>
       <c r="J28" s="8"/>
       <c r="K28" s="6"/>
       <c r="L28" s="19" t="s">
         <v>29</v>
       </c>
       <c r="M28" s="59"/>
       <c r="N28" s="8"/>
       <c r="O28" s="20"/>
       <c r="P28" s="20"/>
       <c r="Q28" s="12"/>
       <c r="R28" s="6"/>
     </row>
-    <row r="29" spans="2:18" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:18" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C29" s="6"/>
       <c r="D29" s="19" t="s">
         <v>30</v>
       </c>
       <c r="E29" s="59"/>
       <c r="F29" s="8"/>
       <c r="G29" s="20"/>
       <c r="H29" s="20"/>
       <c r="I29" s="12"/>
       <c r="J29" s="8"/>
       <c r="K29" s="6"/>
       <c r="L29" s="19" t="s">
         <v>30</v>
       </c>
       <c r="M29" s="59"/>
       <c r="N29" s="8"/>
       <c r="O29" s="20"/>
       <c r="P29" s="20"/>
       <c r="Q29" s="12"/>
     </row>
-    <row r="30" spans="2:18" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:18" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B30" s="4"/>
       <c r="D30" s="19" t="s">
         <v>31</v>
       </c>
       <c r="E30" s="59"/>
       <c r="F30" s="8"/>
       <c r="G30" s="20"/>
       <c r="H30" s="20"/>
       <c r="I30" s="12"/>
       <c r="J30" s="9"/>
       <c r="L30" s="19" t="s">
         <v>31</v>
       </c>
       <c r="M30" s="59"/>
       <c r="O30" s="20"/>
       <c r="P30" s="20"/>
       <c r="Q30" s="4"/>
     </row>
-    <row r="31" spans="2:18" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="2:18" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B31" s="4"/>
       <c r="D31" s="19" t="s">
         <v>32</v>
       </c>
       <c r="E31" s="59"/>
       <c r="F31" s="8"/>
       <c r="G31" s="20"/>
       <c r="H31" s="20"/>
       <c r="I31" s="12"/>
       <c r="J31" s="9"/>
       <c r="L31" s="19" t="s">
         <v>32</v>
       </c>
       <c r="M31" s="59"/>
       <c r="O31" s="20"/>
       <c r="P31" s="20"/>
       <c r="Q31" s="4"/>
     </row>
-    <row r="32" spans="2:18" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="2:18" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B32" s="4"/>
       <c r="D32" s="19" t="s">
         <v>33</v>
       </c>
       <c r="E32" s="59"/>
       <c r="G32" s="20"/>
       <c r="H32" s="20"/>
       <c r="I32" s="4"/>
       <c r="J32" s="10"/>
       <c r="L32" s="19" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="59"/>
       <c r="O32" s="20"/>
       <c r="P32" s="20"/>
       <c r="Q32" s="4"/>
     </row>
-    <row r="33" spans="2:17" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="2:17" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B33" s="4"/>
       <c r="D33" s="19" t="s">
         <v>34</v>
       </c>
       <c r="E33" s="59"/>
       <c r="G33" s="20"/>
       <c r="H33" s="20"/>
       <c r="I33" s="4"/>
       <c r="J33" s="10"/>
       <c r="L33" s="19" t="s">
         <v>34</v>
       </c>
       <c r="M33" s="59"/>
       <c r="O33" s="20"/>
       <c r="P33" s="20"/>
       <c r="Q33" s="4"/>
     </row>
-    <row r="34" spans="2:17" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:17" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B34" s="4"/>
       <c r="D34" s="19" t="s">
         <v>35</v>
       </c>
       <c r="E34" s="59"/>
       <c r="G34" s="20"/>
       <c r="H34" s="20"/>
       <c r="I34" s="4"/>
       <c r="J34" s="10"/>
       <c r="L34" s="19" t="s">
         <v>35</v>
       </c>
       <c r="M34" s="59"/>
       <c r="O34" s="20"/>
       <c r="P34" s="20"/>
       <c r="Q34" s="4"/>
     </row>
-    <row r="35" spans="2:17" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="2:17" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B35" s="4"/>
       <c r="D35" s="19" t="s">
         <v>36</v>
       </c>
       <c r="E35" s="59"/>
       <c r="G35" s="20"/>
       <c r="H35" s="20"/>
       <c r="I35" s="4"/>
       <c r="J35" s="10"/>
       <c r="L35" s="19" t="s">
         <v>36</v>
       </c>
       <c r="M35" s="59"/>
       <c r="O35" s="20"/>
       <c r="P35" s="20"/>
       <c r="Q35" s="4"/>
     </row>
-    <row r="36" spans="2:17" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="2:17" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B36" s="4"/>
       <c r="D36" s="19" t="s">
         <v>37</v>
       </c>
       <c r="E36" s="59"/>
       <c r="G36" s="20"/>
       <c r="H36" s="20"/>
       <c r="I36" s="4"/>
       <c r="J36" s="10"/>
       <c r="L36" s="19" t="s">
         <v>37</v>
       </c>
       <c r="M36" s="59"/>
       <c r="O36" s="20"/>
       <c r="P36" s="20"/>
       <c r="Q36" s="4"/>
     </row>
-    <row r="37" spans="2:17" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="2:17" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B37" s="4"/>
       <c r="D37" s="19" t="s">
         <v>38</v>
       </c>
       <c r="E37" s="59"/>
       <c r="G37" s="20"/>
       <c r="H37" s="20"/>
       <c r="I37" s="4"/>
       <c r="J37" s="10"/>
       <c r="L37" s="19" t="s">
         <v>38</v>
       </c>
       <c r="M37" s="59"/>
       <c r="O37" s="20"/>
       <c r="P37" s="20"/>
       <c r="Q37" s="4"/>
     </row>
-    <row r="38" spans="2:17" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:17" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B38" s="4"/>
       <c r="D38" s="19" t="s">
         <v>39</v>
       </c>
       <c r="E38" s="59"/>
       <c r="G38" s="20"/>
       <c r="H38" s="20"/>
       <c r="I38" s="4"/>
       <c r="J38" s="10"/>
       <c r="L38" s="19" t="s">
         <v>39</v>
       </c>
       <c r="M38" s="59"/>
       <c r="O38" s="20"/>
       <c r="P38" s="20"/>
       <c r="Q38" s="4"/>
     </row>
-    <row r="39" spans="2:17" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="2:17" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B39" s="4"/>
       <c r="D39" s="19" t="s">
         <v>40</v>
       </c>
       <c r="E39" s="59"/>
       <c r="G39" s="20"/>
       <c r="H39" s="20"/>
       <c r="I39" s="4"/>
       <c r="J39" s="10"/>
       <c r="L39" s="19" t="s">
         <v>40</v>
       </c>
       <c r="M39" s="59"/>
       <c r="O39" s="20"/>
       <c r="P39" s="20"/>
       <c r="Q39" s="4"/>
     </row>
-    <row r="40" spans="2:17" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:17" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B40" s="4"/>
       <c r="D40" s="19" t="s">
         <v>41</v>
       </c>
       <c r="E40" s="59"/>
       <c r="G40" s="20"/>
       <c r="H40" s="20"/>
       <c r="I40" s="4"/>
       <c r="J40" s="10"/>
       <c r="L40" s="19" t="s">
         <v>41</v>
       </c>
       <c r="M40" s="59"/>
       <c r="O40" s="20"/>
       <c r="P40" s="20"/>
       <c r="Q40" s="4"/>
     </row>
-    <row r="41" spans="2:17" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="2:17" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B41" s="4"/>
       <c r="D41" s="19" t="s">
         <v>42</v>
       </c>
       <c r="E41" s="59"/>
       <c r="G41" s="64"/>
       <c r="H41" s="64"/>
       <c r="I41" s="4"/>
       <c r="J41" s="10"/>
       <c r="L41" s="19" t="s">
         <v>42</v>
       </c>
       <c r="M41" s="59"/>
       <c r="O41" s="64"/>
       <c r="P41" s="64"/>
       <c r="Q41" s="4"/>
     </row>
-    <row r="42" spans="2:17" ht="21" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:17" ht="21.6" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B42" s="4"/>
       <c r="D42" s="59" t="s">
         <v>216</v>
       </c>
       <c r="E42" s="59"/>
       <c r="G42" s="65">
         <f>SUM(G18:G41)</f>
         <v>0</v>
       </c>
       <c r="H42" s="65">
         <f>SUM(H18:H41)</f>
         <v>0</v>
       </c>
       <c r="I42" s="4"/>
       <c r="J42" s="10"/>
       <c r="L42" s="59"/>
       <c r="M42" s="59"/>
       <c r="O42" s="65">
         <f>SUM(O18:O41)</f>
         <v>0</v>
       </c>
       <c r="P42" s="65">
         <f>SUM(P18:P41)</f>
         <v>0</v>
       </c>
       <c r="Q42" s="4"/>
     </row>
-    <row r="43" spans="2:17" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:17" x14ac:dyDescent="0.3">
       <c r="B43" s="4"/>
       <c r="C43" s="7"/>
       <c r="D43" s="18"/>
       <c r="E43" s="18"/>
       <c r="F43" s="18"/>
       <c r="G43" s="18"/>
       <c r="H43" s="18"/>
       <c r="I43" s="13"/>
       <c r="J43" s="10"/>
       <c r="K43" s="7"/>
       <c r="L43" s="18"/>
       <c r="M43" s="18"/>
       <c r="N43" s="18"/>
       <c r="O43" s="18"/>
       <c r="P43" s="18"/>
       <c r="Q43" s="13"/>
     </row>
-    <row r="45" spans="2:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="46" spans="2:17" ht="25.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:17" ht="16.2" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="46" spans="2:17" ht="25.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="D46" s="28" t="s">
         <v>48</v>
       </c>
       <c r="E46" s="60"/>
       <c r="G46" s="81" t="str">
         <f>IF(AND(COUNTBLANK(G18:G41)=24,COUNTBLANK(O18:O41)=24)," ",IF(SUM(G18:G41)=SUM(O18:O41),"Valores ingresados correctamente.", "A nivel nacional, el flujo postal de entrada es igual al flujo postal de salida. Por favor verifique la información nuevamente."))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H46" s="82"/>
       <c r="I46" s="82"/>
       <c r="J46" s="82"/>
       <c r="K46" s="82"/>
       <c r="L46" s="82"/>
       <c r="M46" s="82"/>
       <c r="N46" s="82"/>
       <c r="O46" s="82"/>
       <c r="P46" s="82"/>
     </row>
-    <row r="47" spans="2:17" ht="25.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:17" ht="25.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="D47" s="28" t="s">
         <v>49</v>
       </c>
       <c r="E47" s="60"/>
       <c r="G47" s="81" t="str">
         <f>IF(AND(COUNTBLANK(H18:H41)=24,COUNTBLANK(P18:P41)=24)," ",IF(SUM(H18:H41)=SUM(P18:P41),"Valores ingresados correctamente.", "A nivel nacional, el flujo postal de entrada es igual al flujo postal de salida. Por favor verifique la información nuevamente."))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H47" s="82"/>
       <c r="I47" s="82"/>
       <c r="J47" s="82"/>
       <c r="K47" s="82"/>
       <c r="L47" s="82"/>
       <c r="M47" s="82"/>
       <c r="N47" s="82"/>
       <c r="O47" s="82"/>
       <c r="P47" s="82"/>
     </row>
-    <row r="48" spans="2:17" ht="16.5" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="48" spans="2:17" ht="16.2" thickTop="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <sheetProtection insertHyperlinks="0" selectLockedCells="1"/>
   <mergeCells count="4">
     <mergeCell ref="D16:F16"/>
     <mergeCell ref="L16:N16"/>
     <mergeCell ref="G46:P46"/>
     <mergeCell ref="G47:P47"/>
   </mergeCells>
   <conditionalFormatting sqref="G46:G47">
     <cfRule type="containsText" dxfId="1" priority="1" operator="containsText" text="verifique">
       <formula>NOT(ISERROR(SEARCH("verifique",G46)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="whole" allowBlank="1" showErrorMessage="1" errorTitle="Formato inválido" error="El campo es numérico. Por favor ingresar la información nuevamente." sqref="O18:P41" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>0</formula1>
       <formula2>99999999999999900000</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showErrorMessage="1" errorTitle="Formato inválido" error="El campo es numérico. Por favor ingresar la información nuevamente." sqref="O42:P42 G18:H42" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>0</formula1>
       <formula2>999999999999999</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Hoja3">
     <tabColor rgb="FF002060"/>
   </sheetPr>
   <dimension ref="B9:N48"/>
   <sheetViews>
     <sheetView zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <selection activeCell="E21" sqref="E21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11" style="3"/>
-    <col min="2" max="2" width="7.25" style="3" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="44.375" style="3" customWidth="1"/>
+    <col min="2" max="2" width="7.19921875" style="3" customWidth="1"/>
+    <col min="3" max="3" width="2.19921875" style="3" customWidth="1"/>
+    <col min="4" max="4" width="44.3984375" style="3" customWidth="1"/>
     <col min="5" max="6" width="27.5" style="3" customWidth="1"/>
     <col min="7" max="7" width="2.5" style="3" customWidth="1"/>
-    <col min="8" max="8" width="7.375" style="3" customWidth="1"/>
+    <col min="8" max="8" width="7.3984375" style="3" customWidth="1"/>
     <col min="9" max="9" width="2.5" style="3" customWidth="1"/>
-    <col min="10" max="10" width="44.375" style="3" customWidth="1"/>
+    <col min="10" max="10" width="44.3984375" style="3" customWidth="1"/>
     <col min="11" max="12" width="27.5" style="3" customWidth="1"/>
     <col min="13" max="13" width="2.5" style="3" customWidth="1"/>
     <col min="14" max="16384" width="11" style="3"/>
   </cols>
   <sheetData>
-    <row r="9" spans="3:13" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="3:13" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D9" s="14" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="10" spans="3:13" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="3:13" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D10" s="75" t="s">
         <v>212</v>
       </c>
       <c r="E10" s="71"/>
       <c r="F10" s="71"/>
       <c r="G10" s="71"/>
       <c r="H10" s="71"/>
       <c r="I10" s="71"/>
       <c r="J10" s="71"/>
       <c r="K10" s="71"/>
       <c r="L10" s="71"/>
     </row>
-    <row r="11" spans="3:13" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="3:13" ht="27" customHeight="1" x14ac:dyDescent="0.4">
       <c r="D11" s="75" t="s">
         <v>230</v>
       </c>
       <c r="E11" s="71"/>
       <c r="F11" s="71"/>
       <c r="G11" s="71"/>
       <c r="H11" s="71"/>
       <c r="I11" s="71"/>
       <c r="J11" s="71"/>
       <c r="K11" s="71"/>
       <c r="L11" s="71"/>
     </row>
-    <row r="12" spans="3:13" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="3:13" ht="27" customHeight="1" x14ac:dyDescent="0.4">
       <c r="D12" s="75" t="s">
         <v>231</v>
       </c>
       <c r="E12" s="71"/>
       <c r="F12" s="71"/>
       <c r="G12" s="71"/>
       <c r="H12" s="71"/>
       <c r="I12" s="71"/>
       <c r="J12" s="71"/>
       <c r="K12" s="71"/>
       <c r="L12" s="71"/>
     </row>
-    <row r="13" spans="3:13" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="3:13" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D13" s="69"/>
       <c r="E13" s="71"/>
       <c r="F13" s="71"/>
       <c r="G13" s="71"/>
       <c r="H13" s="71"/>
       <c r="I13" s="71"/>
       <c r="J13" s="71"/>
       <c r="K13" s="71"/>
       <c r="L13" s="71"/>
     </row>
-    <row r="14" spans="3:13" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="3:13" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C14" s="73"/>
       <c r="D14" s="14"/>
     </row>
-    <row r="15" spans="3:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="3:13" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C15" s="5"/>
       <c r="D15" s="16"/>
       <c r="E15" s="16"/>
       <c r="F15" s="16"/>
       <c r="G15" s="11"/>
       <c r="I15" s="5"/>
       <c r="J15" s="16"/>
       <c r="K15" s="16"/>
       <c r="L15" s="16"/>
       <c r="M15" s="11"/>
     </row>
-    <row r="16" spans="3:13" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="3:13" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C16" s="6"/>
       <c r="D16" s="74" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="8"/>
       <c r="F16" s="8"/>
       <c r="G16" s="12"/>
       <c r="H16" s="8"/>
       <c r="I16" s="6"/>
       <c r="J16" s="74" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="12"/>
     </row>
-    <row r="17" spans="2:14" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:14" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C17" s="6"/>
       <c r="D17" s="8"/>
       <c r="E17" s="17" t="s">
         <v>47</v>
       </c>
       <c r="F17" s="17" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="12"/>
       <c r="H17" s="8"/>
       <c r="I17" s="6"/>
       <c r="J17" s="8"/>
       <c r="K17" s="17" t="s">
         <v>47</v>
       </c>
       <c r="L17" s="17" t="s">
         <v>13</v>
       </c>
       <c r="M17" s="12"/>
     </row>
-    <row r="18" spans="2:14" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:14" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C18" s="6"/>
       <c r="D18" s="19" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="12"/>
       <c r="H18" s="8"/>
       <c r="I18" s="6"/>
       <c r="J18" s="19" t="s">
         <v>14</v>
       </c>
       <c r="K18" s="20"/>
       <c r="L18" s="20"/>
       <c r="M18" s="12"/>
     </row>
-    <row r="19" spans="2:14" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:14" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C19" s="6"/>
       <c r="D19" s="19" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="20"/>
       <c r="F19" s="20"/>
       <c r="G19" s="12"/>
       <c r="H19" s="8"/>
       <c r="I19" s="6"/>
       <c r="J19" s="19" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="20"/>
       <c r="L19" s="20"/>
       <c r="M19" s="12"/>
     </row>
-    <row r="20" spans="2:14" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:14" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C20" s="6"/>
       <c r="D20" s="19" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="20"/>
       <c r="F20" s="20"/>
       <c r="G20" s="12"/>
       <c r="H20" s="8"/>
       <c r="I20" s="6"/>
       <c r="J20" s="19" t="s">
         <v>22</v>
       </c>
       <c r="K20" s="20"/>
       <c r="L20" s="20"/>
       <c r="M20" s="12"/>
     </row>
-    <row r="21" spans="2:14" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:14" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C21" s="6"/>
       <c r="D21" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="20"/>
       <c r="F21" s="20"/>
       <c r="G21" s="12"/>
       <c r="H21" s="8"/>
       <c r="I21" s="6"/>
       <c r="J21" s="19" t="s">
         <v>15</v>
       </c>
       <c r="K21" s="20"/>
       <c r="L21" s="20"/>
       <c r="M21" s="12"/>
     </row>
-    <row r="22" spans="2:14" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:14" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C22" s="6"/>
       <c r="D22" s="19" t="s">
         <v>23</v>
       </c>
       <c r="E22" s="20"/>
       <c r="F22" s="20"/>
       <c r="G22" s="12"/>
       <c r="H22" s="8"/>
       <c r="I22" s="6"/>
       <c r="J22" s="19" t="s">
         <v>23</v>
       </c>
       <c r="K22" s="20"/>
       <c r="L22" s="20"/>
       <c r="M22" s="12"/>
     </row>
-    <row r="23" spans="2:14" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:14" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C23" s="6"/>
       <c r="D23" s="19" t="s">
         <v>24</v>
       </c>
       <c r="E23" s="20"/>
       <c r="F23" s="20"/>
       <c r="G23" s="12"/>
       <c r="H23" s="8"/>
       <c r="I23" s="6"/>
       <c r="J23" s="19" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="20"/>
       <c r="L23" s="20"/>
       <c r="M23" s="12"/>
     </row>
-    <row r="24" spans="2:14" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:14" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C24" s="6"/>
       <c r="D24" s="19" t="s">
         <v>25</v>
       </c>
       <c r="E24" s="20"/>
       <c r="F24" s="20"/>
       <c r="G24" s="12"/>
       <c r="H24" s="8"/>
       <c r="I24" s="6"/>
       <c r="J24" s="19" t="s">
         <v>25</v>
       </c>
       <c r="K24" s="20"/>
       <c r="L24" s="20"/>
       <c r="M24" s="12"/>
     </row>
-    <row r="25" spans="2:14" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:14" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C25" s="6"/>
       <c r="D25" s="19" t="s">
         <v>26</v>
       </c>
       <c r="E25" s="20"/>
       <c r="F25" s="20"/>
       <c r="G25" s="12"/>
       <c r="H25" s="8"/>
       <c r="I25" s="6"/>
       <c r="J25" s="19" t="s">
         <v>26</v>
       </c>
       <c r="K25" s="20"/>
       <c r="L25" s="20"/>
       <c r="M25" s="12"/>
     </row>
-    <row r="26" spans="2:14" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:14" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C26" s="6"/>
       <c r="D26" s="19" t="s">
         <v>27</v>
       </c>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="12"/>
       <c r="H26" s="8"/>
       <c r="I26" s="6"/>
       <c r="J26" s="19" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="20"/>
       <c r="L26" s="20"/>
       <c r="M26" s="12"/>
     </row>
-    <row r="27" spans="2:14" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:14" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C27" s="6"/>
       <c r="D27" s="19" t="s">
         <v>28</v>
       </c>
       <c r="E27" s="20"/>
       <c r="F27" s="20"/>
       <c r="G27" s="12"/>
       <c r="H27" s="8"/>
       <c r="I27" s="6"/>
       <c r="J27" s="19" t="s">
         <v>28</v>
       </c>
       <c r="K27" s="20"/>
       <c r="L27" s="20"/>
       <c r="M27" s="12"/>
     </row>
-    <row r="28" spans="2:14" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:14" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C28" s="6"/>
       <c r="D28" s="19" t="s">
         <v>29</v>
       </c>
       <c r="E28" s="20"/>
       <c r="F28" s="20"/>
       <c r="G28" s="12"/>
       <c r="H28" s="8"/>
       <c r="I28" s="6"/>
       <c r="J28" s="19" t="s">
         <v>29</v>
       </c>
       <c r="K28" s="20"/>
       <c r="L28" s="20"/>
       <c r="M28" s="12"/>
       <c r="N28" s="6"/>
     </row>
-    <row r="29" spans="2:14" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:14" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C29" s="6"/>
       <c r="D29" s="19" t="s">
         <v>30</v>
       </c>
       <c r="E29" s="20"/>
       <c r="F29" s="20"/>
       <c r="G29" s="12"/>
       <c r="H29" s="8"/>
       <c r="I29" s="6"/>
       <c r="J29" s="19" t="s">
         <v>30</v>
       </c>
       <c r="K29" s="20"/>
       <c r="L29" s="20"/>
       <c r="M29" s="12"/>
     </row>
-    <row r="30" spans="2:14" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:14" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B30" s="4"/>
       <c r="D30" s="19" t="s">
         <v>31</v>
       </c>
       <c r="E30" s="20"/>
       <c r="F30" s="20"/>
       <c r="G30" s="12"/>
       <c r="H30" s="9"/>
       <c r="J30" s="19" t="s">
         <v>31</v>
       </c>
       <c r="K30" s="20"/>
       <c r="L30" s="20"/>
       <c r="M30" s="4"/>
     </row>
-    <row r="31" spans="2:14" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="2:14" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B31" s="4"/>
       <c r="D31" s="19" t="s">
         <v>32</v>
       </c>
       <c r="E31" s="20"/>
       <c r="F31" s="20"/>
       <c r="G31" s="12"/>
       <c r="H31" s="9"/>
       <c r="J31" s="19" t="s">
         <v>32</v>
       </c>
       <c r="K31" s="20"/>
       <c r="L31" s="20"/>
       <c r="M31" s="4"/>
     </row>
-    <row r="32" spans="2:14" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="2:14" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B32" s="4"/>
       <c r="D32" s="19" t="s">
         <v>33</v>
       </c>
       <c r="E32" s="20"/>
       <c r="F32" s="20"/>
       <c r="G32" s="4"/>
       <c r="H32" s="10"/>
       <c r="J32" s="19" t="s">
         <v>33</v>
       </c>
       <c r="K32" s="20"/>
       <c r="L32" s="20"/>
       <c r="M32" s="4"/>
     </row>
-    <row r="33" spans="2:13" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="2:13" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B33" s="4"/>
       <c r="D33" s="19" t="s">
         <v>34</v>
       </c>
       <c r="E33" s="20"/>
       <c r="F33" s="20"/>
       <c r="G33" s="4"/>
       <c r="H33" s="10"/>
       <c r="J33" s="19" t="s">
         <v>34</v>
       </c>
       <c r="K33" s="20"/>
       <c r="L33" s="20"/>
       <c r="M33" s="4"/>
     </row>
-    <row r="34" spans="2:13" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:13" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B34" s="4"/>
       <c r="D34" s="19" t="s">
         <v>35</v>
       </c>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="4"/>
       <c r="H34" s="10"/>
       <c r="J34" s="19" t="s">
         <v>35</v>
       </c>
       <c r="K34" s="20"/>
       <c r="L34" s="20"/>
       <c r="M34" s="4"/>
     </row>
-    <row r="35" spans="2:13" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="2:13" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B35" s="4"/>
       <c r="D35" s="19" t="s">
         <v>36</v>
       </c>
       <c r="E35" s="20"/>
       <c r="F35" s="20"/>
       <c r="G35" s="4"/>
       <c r="H35" s="10"/>
       <c r="J35" s="19" t="s">
         <v>36</v>
       </c>
       <c r="K35" s="20"/>
       <c r="L35" s="20"/>
       <c r="M35" s="4"/>
     </row>
-    <row r="36" spans="2:13" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="2:13" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B36" s="4"/>
       <c r="D36" s="19" t="s">
         <v>37</v>
       </c>
       <c r="E36" s="20"/>
       <c r="F36" s="20"/>
       <c r="G36" s="4"/>
       <c r="H36" s="10"/>
       <c r="J36" s="19" t="s">
         <v>37</v>
       </c>
       <c r="K36" s="20"/>
       <c r="L36" s="20"/>
       <c r="M36" s="4"/>
     </row>
-    <row r="37" spans="2:13" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="2:13" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B37" s="4"/>
       <c r="D37" s="19" t="s">
         <v>38</v>
       </c>
       <c r="E37" s="20"/>
       <c r="F37" s="20"/>
       <c r="G37" s="4"/>
       <c r="H37" s="10"/>
       <c r="J37" s="19" t="s">
         <v>38</v>
       </c>
       <c r="K37" s="20"/>
       <c r="L37" s="20"/>
       <c r="M37" s="4"/>
     </row>
-    <row r="38" spans="2:13" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:13" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B38" s="4"/>
       <c r="D38" s="19" t="s">
         <v>39</v>
       </c>
       <c r="E38" s="20"/>
       <c r="F38" s="20"/>
       <c r="G38" s="4"/>
       <c r="H38" s="10"/>
       <c r="J38" s="19" t="s">
         <v>39</v>
       </c>
       <c r="K38" s="20"/>
       <c r="L38" s="20"/>
       <c r="M38" s="4"/>
     </row>
-    <row r="39" spans="2:13" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="2:13" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B39" s="4"/>
       <c r="D39" s="19" t="s">
         <v>40</v>
       </c>
       <c r="E39" s="20"/>
       <c r="F39" s="20"/>
       <c r="G39" s="4"/>
       <c r="H39" s="10"/>
       <c r="J39" s="19" t="s">
         <v>40</v>
       </c>
       <c r="K39" s="20"/>
       <c r="L39" s="20"/>
       <c r="M39" s="4"/>
     </row>
-    <row r="40" spans="2:13" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:13" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B40" s="4"/>
       <c r="D40" s="19" t="s">
         <v>41</v>
       </c>
       <c r="E40" s="20"/>
       <c r="F40" s="20"/>
       <c r="G40" s="4"/>
       <c r="H40" s="10"/>
       <c r="J40" s="19" t="s">
         <v>41</v>
       </c>
       <c r="K40" s="20"/>
       <c r="L40" s="20"/>
       <c r="M40" s="4"/>
     </row>
-    <row r="41" spans="2:13" ht="21.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="2:13" ht="22.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B41" s="4"/>
       <c r="D41" s="19" t="s">
         <v>42</v>
       </c>
       <c r="E41" s="64"/>
       <c r="F41" s="64"/>
       <c r="G41" s="4"/>
       <c r="H41" s="10"/>
       <c r="J41" s="19" t="s">
         <v>42</v>
       </c>
       <c r="K41" s="64"/>
       <c r="L41" s="64"/>
       <c r="M41" s="4"/>
     </row>
-    <row r="42" spans="2:13" ht="21" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:13" ht="21.6" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B42" s="4"/>
       <c r="D42" s="59" t="s">
         <v>216</v>
       </c>
       <c r="E42" s="65">
         <f>SUM(E18:E41)</f>
         <v>0</v>
       </c>
       <c r="F42" s="65">
         <f>SUM(F18:F41)</f>
         <v>0</v>
       </c>
       <c r="G42" s="4"/>
       <c r="H42" s="10"/>
       <c r="J42" s="59" t="s">
         <v>216</v>
       </c>
       <c r="K42" s="65">
         <f>SUM(K18:K41)</f>
         <v>0</v>
       </c>
       <c r="L42" s="65">
         <f>SUM(L18:L41)</f>
         <v>0</v>
       </c>
       <c r="M42" s="4"/>
     </row>
-    <row r="43" spans="2:13" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B43" s="4"/>
       <c r="C43" s="7"/>
       <c r="D43" s="18"/>
       <c r="E43" s="18"/>
       <c r="F43" s="18"/>
       <c r="G43" s="13"/>
       <c r="H43" s="10"/>
       <c r="I43" s="7"/>
       <c r="J43" s="18"/>
       <c r="K43" s="18"/>
       <c r="L43" s="18"/>
       <c r="M43" s="13"/>
     </row>
-    <row r="45" spans="2:13" ht="16.5" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="46" spans="2:13" ht="25.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:13" ht="16.2" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="46" spans="2:13" ht="25.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="D46" s="28" t="s">
         <v>48</v>
       </c>
       <c r="E46" s="81" t="str">
         <f>IF(AND(COUNTBLANK(E18:E41)=24,COUNTBLANK(K18:K41)=24)," ",IF(SUM(E18:E41)=SUM(K18:K41),"Valores ingresados correctamente.", "A nivel nacional, el flujo postal de entrada es igual al flujo postal de salida. Por favor verifique la información nuevamente."))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F46" s="82"/>
       <c r="G46" s="82"/>
       <c r="H46" s="82"/>
       <c r="I46" s="82"/>
       <c r="J46" s="82"/>
       <c r="K46" s="82"/>
       <c r="L46" s="82"/>
     </row>
-    <row r="47" spans="2:13" ht="25.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:13" ht="25.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="D47" s="28" t="s">
         <v>49</v>
       </c>
       <c r="E47" s="81" t="str">
         <f>IF(AND(COUNTBLANK(F18:F41)=24,COUNTBLANK(L18:L41)=24)," ",IF(SUM(F18:F41)=SUM(L18:L41),"Valores ingresados correctamente.", "A nivel nacional, el flujo postal de entrada es igual al flujo postal de salida. Por favor verifique la información nuevamente."))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F47" s="82"/>
       <c r="G47" s="82"/>
       <c r="H47" s="82"/>
       <c r="I47" s="82"/>
       <c r="J47" s="82"/>
       <c r="K47" s="82"/>
       <c r="L47" s="82"/>
     </row>
-    <row r="48" spans="2:13" ht="16.5" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="48" spans="2:13" ht="16.2" thickTop="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <sheetProtection insertHyperlinks="0" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="E46:L46"/>
     <mergeCell ref="E47:L47"/>
   </mergeCells>
   <conditionalFormatting sqref="E46:E47">
     <cfRule type="containsText" dxfId="0" priority="1" operator="containsText" text="verifique">
       <formula>NOT(ISERROR(SEARCH("verifique",E46)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="whole" allowBlank="1" showErrorMessage="1" errorTitle="Formato inválido" error="El campo es numérico. Por favor ingresar la información nuevamente." sqref="E18:F42 K42:L42" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>0</formula1>
       <formula2>999999999999999</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showErrorMessage="1" errorTitle="Formato inválido" error="El campo es numérico. Por favor ingresar la información nuevamente." sqref="K18:L41" xr:uid="{00000000-0002-0000-0200-000001000000}">
       <formula1>0</formula1>
       <formula2>99999999999999900000</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Hoja4">
     <tabColor rgb="FF002060"/>
   </sheetPr>
   <dimension ref="C9:O34"/>
   <sheetViews>
     <sheetView zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <selection activeCell="D16" sqref="D16:E22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11" style="3"/>
-    <col min="2" max="2" width="7.25" style="3" customWidth="1"/>
-    <col min="3" max="3" width="2.25" style="3" customWidth="1"/>
+    <col min="2" max="2" width="7.19921875" style="3" customWidth="1"/>
+    <col min="3" max="3" width="2.19921875" style="3" customWidth="1"/>
     <col min="4" max="4" width="25" style="3" customWidth="1"/>
-    <col min="5" max="5" width="19.75" style="3" customWidth="1"/>
-    <col min="6" max="7" width="28.25" style="3" customWidth="1"/>
+    <col min="5" max="5" width="19.69921875" style="3" customWidth="1"/>
+    <col min="6" max="7" width="28.19921875" style="3" customWidth="1"/>
     <col min="8" max="8" width="2.5" style="3" customWidth="1"/>
     <col min="9" max="9" width="9" style="3" customWidth="1"/>
     <col min="10" max="10" width="2.5" style="3" customWidth="1"/>
     <col min="11" max="11" width="25" style="3" customWidth="1"/>
-    <col min="12" max="12" width="19.75" style="3" customWidth="1"/>
-    <col min="13" max="14" width="28.25" style="3" customWidth="1"/>
+    <col min="12" max="12" width="19.69921875" style="3" customWidth="1"/>
+    <col min="13" max="14" width="28.19921875" style="3" customWidth="1"/>
     <col min="15" max="15" width="2.5" style="3" customWidth="1"/>
     <col min="16" max="16384" width="11" style="3"/>
   </cols>
   <sheetData>
-    <row r="9" spans="3:15" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="3:15" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D9" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="15"/>
     </row>
-    <row r="10" spans="3:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="3:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D10" s="14"/>
       <c r="E10" s="15"/>
     </row>
-    <row r="11" spans="3:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="3:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D11" s="75" t="s">
         <v>213</v>
       </c>
       <c r="E11" s="70"/>
       <c r="F11" s="71"/>
       <c r="G11" s="71"/>
       <c r="H11" s="71"/>
       <c r="I11" s="71"/>
       <c r="J11" s="71"/>
       <c r="K11" s="71"/>
       <c r="L11" s="71"/>
       <c r="M11" s="71"/>
     </row>
-    <row r="12" spans="3:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="3:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C12" s="56"/>
       <c r="D12" s="75" t="s">
         <v>232</v>
       </c>
       <c r="E12" s="70"/>
       <c r="F12" s="71"/>
       <c r="G12" s="71"/>
       <c r="H12" s="71"/>
       <c r="I12" s="71"/>
       <c r="J12" s="72"/>
       <c r="K12" s="71"/>
       <c r="L12" s="71"/>
       <c r="M12" s="71"/>
     </row>
-    <row r="13" spans="3:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="3:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="D13" s="75" t="s">
         <v>233</v>
       </c>
       <c r="E13" s="70"/>
       <c r="F13" s="71"/>
       <c r="G13" s="71"/>
       <c r="H13" s="71"/>
       <c r="I13" s="71"/>
       <c r="J13" s="71"/>
       <c r="K13" s="71"/>
       <c r="L13" s="71"/>
       <c r="M13" s="71"/>
     </row>
-    <row r="14" spans="3:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="3:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D14" s="69"/>
       <c r="E14" s="70"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
     </row>
-    <row r="15" spans="3:15" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="3:15" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C15" s="73"/>
       <c r="D15" s="14"/>
       <c r="E15" s="15"/>
     </row>
-    <row r="16" spans="3:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="3:15" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C16" s="5"/>
       <c r="D16" s="16"/>
       <c r="E16" s="16"/>
       <c r="F16" s="16"/>
       <c r="G16" s="16"/>
       <c r="H16" s="11"/>
       <c r="J16" s="5"/>
       <c r="K16" s="16"/>
       <c r="L16" s="16"/>
       <c r="M16" s="16"/>
       <c r="N16" s="16"/>
       <c r="O16" s="11"/>
     </row>
-    <row r="17" spans="3:15" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="3:15" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C17" s="6"/>
       <c r="D17" s="37" t="s">
         <v>205</v>
       </c>
       <c r="E17" s="37"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
       <c r="H17" s="12"/>
       <c r="I17" s="8"/>
       <c r="J17" s="6"/>
       <c r="K17" s="37" t="s">
         <v>206</v>
       </c>
       <c r="L17" s="37"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="12"/>
     </row>
-    <row r="18" spans="3:15" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="3:15" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C18" s="6"/>
       <c r="D18" s="8"/>
       <c r="E18" s="8"/>
       <c r="F18" s="38" t="s">
         <v>47</v>
       </c>
       <c r="G18" s="38" t="s">
         <v>13</v>
       </c>
       <c r="H18" s="12"/>
       <c r="I18" s="8"/>
       <c r="J18" s="6"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="38" t="s">
         <v>47</v>
       </c>
       <c r="N18" s="38" t="s">
         <v>13</v>
       </c>
       <c r="O18" s="12"/>
     </row>
-    <row r="19" spans="3:15" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="3:15" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C19" s="6"/>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="39" t="s">
         <v>224</v>
       </c>
       <c r="G19" s="39" t="s">
         <v>225</v>
       </c>
       <c r="H19" s="12"/>
       <c r="I19" s="8"/>
       <c r="J19" s="6"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="39" t="s">
         <v>226</v>
       </c>
       <c r="N19" s="39" t="s">
         <v>227</v>
       </c>
       <c r="O19" s="12"/>
     </row>
-    <row r="20" spans="3:15" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="3:15" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C20" s="6"/>
       <c r="D20" s="83" t="s">
         <v>5</v>
       </c>
       <c r="E20" s="8" t="s">
         <v>6</v>
       </c>
       <c r="F20" s="20"/>
       <c r="G20" s="20"/>
       <c r="H20" s="12"/>
       <c r="I20" s="8"/>
       <c r="J20" s="6"/>
       <c r="K20" s="83" t="s">
         <v>5</v>
       </c>
       <c r="L20" s="8" t="s">
         <v>6</v>
       </c>
       <c r="M20" s="20"/>
       <c r="N20" s="20"/>
       <c r="O20" s="12"/>
     </row>
-    <row r="21" spans="3:15" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="3:15" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C21" s="6"/>
       <c r="D21" s="84"/>
       <c r="E21" s="8" t="s">
         <v>50</v>
       </c>
       <c r="F21" s="20"/>
       <c r="G21" s="20"/>
       <c r="H21" s="12"/>
       <c r="I21" s="8"/>
       <c r="J21" s="6"/>
       <c r="K21" s="84"/>
       <c r="L21" s="8" t="s">
         <v>50</v>
       </c>
       <c r="M21" s="20"/>
       <c r="N21" s="20"/>
       <c r="O21" s="12"/>
     </row>
-    <row r="22" spans="3:15" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="3:15" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C22" s="6"/>
       <c r="D22" s="85"/>
       <c r="E22" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F22" s="20"/>
       <c r="G22" s="20"/>
       <c r="H22" s="12"/>
       <c r="I22" s="8"/>
       <c r="J22" s="6"/>
       <c r="K22" s="85"/>
       <c r="L22" s="8" t="s">
         <v>4</v>
       </c>
       <c r="M22" s="20"/>
       <c r="N22" s="20"/>
       <c r="O22" s="12"/>
     </row>
-    <row r="23" spans="3:15" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="3:15" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C23" s="6"/>
       <c r="D23" s="83" t="s">
         <v>0</v>
       </c>
       <c r="E23" s="8" t="s">
         <v>1</v>
       </c>
       <c r="F23" s="20"/>
       <c r="G23" s="20"/>
       <c r="H23" s="12"/>
       <c r="I23" s="8"/>
       <c r="J23" s="6"/>
       <c r="K23" s="83" t="s">
         <v>0</v>
       </c>
       <c r="L23" s="8" t="s">
         <v>1</v>
       </c>
       <c r="M23" s="20"/>
       <c r="N23" s="20"/>
       <c r="O23" s="12"/>
     </row>
-    <row r="24" spans="3:15" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="3:15" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C24" s="6"/>
       <c r="D24" s="84"/>
       <c r="E24" s="8" t="s">
         <v>2</v>
       </c>
       <c r="F24" s="20"/>
       <c r="G24" s="20"/>
       <c r="H24" s="12"/>
       <c r="I24" s="8"/>
       <c r="J24" s="6"/>
       <c r="K24" s="84"/>
       <c r="L24" s="8" t="s">
         <v>2</v>
       </c>
       <c r="M24" s="20"/>
       <c r="N24" s="20"/>
       <c r="O24" s="12"/>
     </row>
-    <row r="25" spans="3:15" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="3:15" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C25" s="6"/>
       <c r="D25" s="85"/>
       <c r="E25" s="8" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="20"/>
       <c r="G25" s="20"/>
       <c r="H25" s="12"/>
       <c r="I25" s="8"/>
       <c r="J25" s="6"/>
       <c r="K25" s="85"/>
       <c r="L25" s="8" t="s">
         <v>3</v>
       </c>
       <c r="M25" s="20"/>
       <c r="N25" s="20"/>
       <c r="O25" s="12"/>
     </row>
-    <row r="26" spans="3:15" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="3:15" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C26" s="6"/>
       <c r="D26" s="83" t="s">
         <v>7</v>
       </c>
       <c r="E26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="12"/>
       <c r="I26" s="8"/>
       <c r="J26" s="6"/>
       <c r="K26" s="83" t="s">
         <v>7</v>
       </c>
       <c r="L26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="M26" s="20"/>
       <c r="N26" s="20"/>
       <c r="O26" s="12"/>
     </row>
-    <row r="27" spans="3:15" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="3:15" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C27" s="6"/>
       <c r="D27" s="84"/>
       <c r="E27" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F27" s="20"/>
       <c r="G27" s="20"/>
       <c r="H27" s="12"/>
       <c r="I27" s="8"/>
       <c r="J27" s="6"/>
       <c r="K27" s="84"/>
       <c r="L27" s="8" t="s">
         <v>9</v>
       </c>
       <c r="M27" s="20"/>
       <c r="N27" s="20"/>
       <c r="O27" s="12"/>
     </row>
-    <row r="28" spans="3:15" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="3:15" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C28" s="6"/>
       <c r="D28" s="86" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="20"/>
       <c r="G28" s="20"/>
       <c r="H28" s="12"/>
       <c r="I28" s="8"/>
       <c r="J28" s="6"/>
       <c r="K28" s="86" t="s">
         <v>10</v>
       </c>
       <c r="L28" s="8" t="s">
         <v>11</v>
       </c>
       <c r="M28" s="20"/>
       <c r="N28" s="20"/>
       <c r="O28" s="12"/>
     </row>
-    <row r="29" spans="3:15" ht="23.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="3:15" ht="23.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C29" s="6"/>
       <c r="D29" s="87"/>
       <c r="E29" s="8" t="s">
         <v>12</v>
       </c>
       <c r="F29" s="20"/>
       <c r="G29" s="20"/>
       <c r="H29" s="12"/>
       <c r="I29" s="8"/>
       <c r="J29" s="6"/>
       <c r="K29" s="87"/>
       <c r="L29" s="8" t="s">
         <v>12</v>
       </c>
       <c r="M29" s="20"/>
       <c r="N29" s="20"/>
       <c r="O29" s="12"/>
     </row>
-    <row r="30" spans="3:15" ht="23.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="3:15" ht="23.4" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="C30" s="6"/>
       <c r="D30" s="87"/>
       <c r="E30" s="8" t="s">
         <v>18</v>
       </c>
       <c r="F30" s="64"/>
       <c r="G30" s="64"/>
       <c r="H30" s="12"/>
       <c r="I30" s="8"/>
       <c r="J30" s="6"/>
       <c r="K30" s="87"/>
       <c r="L30" s="8" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="64"/>
       <c r="N30" s="64"/>
       <c r="O30" s="12"/>
     </row>
-    <row r="31" spans="3:15" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="3:15" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C31" s="6"/>
       <c r="D31" s="59" t="s">
         <v>216</v>
       </c>
       <c r="E31" s="8"/>
       <c r="F31" s="65">
         <f>SUM(F20:F30)</f>
         <v>0</v>
       </c>
       <c r="G31" s="65">
         <f>SUM(G20:G30)</f>
         <v>0</v>
       </c>
       <c r="H31" s="12"/>
       <c r="I31" s="8"/>
       <c r="J31" s="6"/>
       <c r="K31" s="63"/>
       <c r="L31" s="8"/>
       <c r="M31" s="65">
         <f>SUM(M20:M30)</f>
         <v>0</v>
       </c>
       <c r="N31" s="65">
         <f>SUM(N20:N30)</f>
         <v>0</v>
       </c>
       <c r="O31" s="12"/>
     </row>
-    <row r="32" spans="3:15" x14ac:dyDescent="0.25">
+    <row r="32" spans="3:15" x14ac:dyDescent="0.3">
       <c r="C32" s="7"/>
       <c r="D32" s="21"/>
       <c r="E32" s="21"/>
       <c r="F32" s="21"/>
       <c r="G32" s="22"/>
       <c r="H32" s="23"/>
       <c r="I32" s="8"/>
       <c r="J32" s="7"/>
       <c r="K32" s="21"/>
       <c r="L32" s="21"/>
       <c r="M32" s="21"/>
       <c r="N32" s="22"/>
       <c r="O32" s="23"/>
     </row>
-    <row r="33" spans="4:9" x14ac:dyDescent="0.25">
+    <row r="33" spans="4:9" x14ac:dyDescent="0.3">
       <c r="D33" s="8"/>
       <c r="E33" s="8"/>
       <c r="F33" s="8"/>
       <c r="G33" s="24"/>
       <c r="H33" s="8"/>
       <c r="I33" s="8"/>
     </row>
-    <row r="34" spans="4:9" x14ac:dyDescent="0.25">
+    <row r="34" spans="4:9" x14ac:dyDescent="0.3">
       <c r="D34" s="8"/>
       <c r="E34" s="8"/>
       <c r="F34" s="8"/>
       <c r="G34" s="8"/>
       <c r="H34" s="8"/>
       <c r="I34" s="8"/>
     </row>
   </sheetData>
   <sheetProtection insertHyperlinks="0" selectLockedCells="1"/>
   <mergeCells count="8">
     <mergeCell ref="D26:D27"/>
     <mergeCell ref="D23:D25"/>
     <mergeCell ref="D20:D22"/>
     <mergeCell ref="D28:D30"/>
     <mergeCell ref="K20:K22"/>
     <mergeCell ref="K23:K25"/>
     <mergeCell ref="K26:K27"/>
     <mergeCell ref="K28:K30"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="whole" allowBlank="1" showErrorMessage="1" errorTitle="Formato inválido" error="El campo es numérico. Por favor ingresar la información nuevamente." sqref="F20:G30" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>0</formula1>
       <formula2>999999999999999000000</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showErrorMessage="1" errorTitle="Formato inválido" error="El campo es numérico. Por favor ingresar la información nuevamente." sqref="M20:N30" xr:uid="{00000000-0002-0000-0300-000001000000}">
       <formula1>0</formula1>
       <formula2>9999999999999990</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showErrorMessage="1" errorTitle="Formato inválido" error="El campo es numérico. Por favor ingresar la información nuevamente." sqref="F31:G31 M31:N31" xr:uid="{00000000-0002-0000-0300-000002000000}">
       <formula1>0</formula1>
       <formula2>999999999999999</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Hoja1"/>
   <dimension ref="A1:EX159"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="14.75" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="14.69921875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="19.125" customWidth="1"/>
+    <col min="1" max="2" width="19.09765625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:154" s="31" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:154" s="31" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A1" s="31" t="s">
         <v>203</v>
       </c>
       <c r="B1" s="31" t="s">
         <v>204</v>
       </c>
       <c r="C1" s="32" t="s">
         <v>51</v>
       </c>
       <c r="D1" s="32" t="s">
         <v>52</v>
       </c>
       <c r="E1" s="32" t="s">
         <v>53</v>
       </c>
       <c r="F1" s="32" t="s">
         <v>54</v>
       </c>
       <c r="G1" s="32" t="s">
         <v>55</v>
       </c>
       <c r="H1" s="32" t="s">
         <v>56</v>
       </c>
       <c r="I1" s="32" t="s">
@@ -7322,58 +7325,58 @@
       <c r="EQ1" s="32" t="s">
         <v>195</v>
       </c>
       <c r="ER1" s="32" t="s">
         <v>196</v>
       </c>
       <c r="ES1" s="32" t="s">
         <v>197</v>
       </c>
       <c r="ET1" s="32" t="s">
         <v>198</v>
       </c>
       <c r="EU1" s="32" t="s">
         <v>199</v>
       </c>
       <c r="EV1" s="32" t="s">
         <v>200</v>
       </c>
       <c r="EW1" s="32" t="s">
         <v>201</v>
       </c>
       <c r="EX1" s="32" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="2" spans="1:154" s="33" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:154" s="33" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A2" s="34">
         <f>Menú!D16</f>
         <v>0</v>
       </c>
       <c r="B2" s="34" t="str">
         <f>Menú!D19</f>
-        <v>I SEMESTRE (Ene-Jun)</v>
+        <v>II SEMESTRE (Jul-Dic)</v>
       </c>
       <c r="C2" s="35">
         <f>'Flujo postal internacional'!M20</f>
         <v>0</v>
       </c>
       <c r="D2" s="35">
         <f>'Flujo postal internacional'!M21</f>
         <v>0</v>
       </c>
       <c r="E2" s="35">
         <f>'Flujo postal internacional'!M22</f>
         <v>0</v>
       </c>
       <c r="F2" s="35">
         <f>'Flujo postal internacional'!F20</f>
         <v>0</v>
       </c>
       <c r="G2" s="35">
         <f>'Flujo postal internacional'!F21</f>
         <v>0</v>
       </c>
       <c r="H2" s="35">
         <f>'Flujo postal internacional'!F22</f>
         <v>0</v>
       </c>
@@ -7940,660 +7943,660 @@
       <c r="ES2" s="35">
         <f>'Flujo postal nacional'!F40</f>
         <v>0</v>
       </c>
       <c r="ET2" s="35">
         <f>'Flujo postal nacional'!L41</f>
         <v>0</v>
       </c>
       <c r="EU2" s="35">
         <f>'Flujo postal nacional'!F41</f>
         <v>0</v>
       </c>
       <c r="EV2" s="35">
         <f>SUM(CZ2,DB2,DD2,DF2,DH2,DJ2,DL2,DN2,DP2,DR2,DT2,DV2,DX2,DZ2,EB2,ED2,EF2,EH2,EJ2,EL2,EN2,EP2,ER2,ET2)</f>
         <v>0</v>
       </c>
       <c r="EW2" s="35">
         <f>SUM(DA2,DC2,DE2,DG2,DI2,DK2,DM2,DO2,DQ2,DS2,DU2,DW2,DY2,EA2,EC2,EE2,EG2,EI2,EK2,EM2,EO2,EQ2,ES2,EU2)</f>
         <v>0</v>
       </c>
       <c r="EX2" s="35">
         <f>EV2+EW2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:154" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:154" x14ac:dyDescent="0.3">
       <c r="P7" s="29"/>
       <c r="Q7" s="29"/>
       <c r="R7" s="29"/>
     </row>
-    <row r="8" spans="1:154" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:154" x14ac:dyDescent="0.3">
       <c r="P8" s="30"/>
       <c r="Q8" s="30"/>
     </row>
-    <row r="9" spans="1:154" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:154" x14ac:dyDescent="0.3">
       <c r="P9" s="30"/>
       <c r="Q9" s="30"/>
     </row>
-    <row r="10" spans="1:154" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:154" x14ac:dyDescent="0.3">
       <c r="P10" s="30"/>
       <c r="Q10" s="30"/>
     </row>
-    <row r="11" spans="1:154" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:154" x14ac:dyDescent="0.3">
       <c r="P11" s="30"/>
       <c r="Q11" s="30"/>
     </row>
-    <row r="12" spans="1:154" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:154" x14ac:dyDescent="0.3">
       <c r="P12" s="30"/>
       <c r="Q12" s="30"/>
     </row>
-    <row r="13" spans="1:154" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:154" x14ac:dyDescent="0.3">
       <c r="P13" s="30"/>
       <c r="Q13" s="30"/>
     </row>
-    <row r="14" spans="1:154" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:154" x14ac:dyDescent="0.3">
       <c r="P14" s="30"/>
       <c r="Q14" s="30"/>
     </row>
-    <row r="15" spans="1:154" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:154" x14ac:dyDescent="0.3">
       <c r="P15" s="30"/>
       <c r="Q15" s="30"/>
     </row>
-    <row r="16" spans="1:154" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:154" x14ac:dyDescent="0.3">
       <c r="P16" s="30"/>
       <c r="Q16" s="30"/>
     </row>
-    <row r="17" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="17" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P17" s="30"/>
       <c r="Q17" s="30"/>
     </row>
-    <row r="18" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="18" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P18" s="30"/>
       <c r="Q18" s="30"/>
     </row>
-    <row r="19" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="19" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P19" s="30"/>
       <c r="Q19" s="30"/>
     </row>
-    <row r="20" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="20" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P20" s="30"/>
       <c r="Q20" s="30"/>
     </row>
-    <row r="21" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="21" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P21" s="30"/>
       <c r="Q21" s="30"/>
     </row>
-    <row r="22" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="22" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P22" s="30"/>
       <c r="Q22" s="30"/>
     </row>
-    <row r="23" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="23" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P23" s="30"/>
       <c r="Q23" s="30"/>
     </row>
-    <row r="24" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="24" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P24" s="30"/>
       <c r="Q24" s="30"/>
     </row>
-    <row r="25" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="25" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P25" s="30"/>
       <c r="Q25" s="30"/>
     </row>
-    <row r="26" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="26" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P26" s="30"/>
       <c r="Q26" s="30"/>
     </row>
-    <row r="27" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="27" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P27" s="30"/>
       <c r="Q27" s="30"/>
     </row>
-    <row r="28" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="28" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P28" s="30"/>
       <c r="Q28" s="30"/>
     </row>
-    <row r="29" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="29" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P29" s="30"/>
       <c r="Q29" s="30"/>
     </row>
-    <row r="30" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="30" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P30" s="30"/>
       <c r="Q30" s="30"/>
     </row>
-    <row r="31" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="31" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P31" s="30"/>
       <c r="Q31" s="30"/>
     </row>
-    <row r="32" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="32" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P32" s="30"/>
       <c r="Q32" s="30"/>
     </row>
-    <row r="33" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="33" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P33" s="30"/>
       <c r="Q33" s="30"/>
     </row>
-    <row r="34" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="34" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P34" s="30"/>
       <c r="Q34" s="30"/>
     </row>
-    <row r="35" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="35" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P35" s="30"/>
       <c r="Q35" s="30"/>
     </row>
-    <row r="36" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="36" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P36" s="30"/>
       <c r="Q36" s="30"/>
     </row>
-    <row r="37" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="37" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P37" s="30"/>
       <c r="Q37" s="30"/>
     </row>
-    <row r="38" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="38" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P38" s="30"/>
       <c r="Q38" s="30"/>
     </row>
-    <row r="39" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="39" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P39" s="30"/>
       <c r="Q39" s="30"/>
     </row>
-    <row r="40" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="40" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P40" s="30"/>
       <c r="Q40" s="30"/>
     </row>
-    <row r="41" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="41" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P41" s="30"/>
       <c r="Q41" s="30"/>
     </row>
-    <row r="42" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="42" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P42" s="30"/>
       <c r="Q42" s="30"/>
     </row>
-    <row r="43" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="43" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P43" s="30"/>
       <c r="Q43" s="30"/>
     </row>
-    <row r="44" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="44" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P44" s="30"/>
       <c r="Q44" s="30"/>
     </row>
-    <row r="45" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="45" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P45" s="30"/>
       <c r="Q45" s="30"/>
     </row>
-    <row r="46" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="46" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P46" s="30"/>
       <c r="Q46" s="30"/>
     </row>
-    <row r="47" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="47" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P47" s="30"/>
       <c r="Q47" s="30"/>
     </row>
-    <row r="48" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="48" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P48" s="30"/>
       <c r="Q48" s="30"/>
     </row>
-    <row r="49" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="49" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P49" s="30"/>
       <c r="Q49" s="30"/>
     </row>
-    <row r="50" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="50" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P50" s="30"/>
       <c r="Q50" s="30"/>
     </row>
-    <row r="51" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="51" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P51" s="30"/>
       <c r="Q51" s="30"/>
     </row>
-    <row r="52" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="52" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P52" s="30"/>
       <c r="Q52" s="30"/>
     </row>
-    <row r="53" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="53" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P53" s="30"/>
       <c r="Q53" s="30"/>
     </row>
-    <row r="54" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="54" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P54" s="30"/>
       <c r="Q54" s="30"/>
     </row>
-    <row r="55" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="55" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P55" s="30"/>
       <c r="Q55" s="30"/>
     </row>
-    <row r="56" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="56" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P56" s="30"/>
       <c r="Q56" s="30"/>
     </row>
-    <row r="57" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="57" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P57" s="30"/>
       <c r="Q57" s="30"/>
     </row>
-    <row r="58" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="58" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P58" s="30"/>
       <c r="Q58" s="30"/>
     </row>
-    <row r="59" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="59" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P59" s="30"/>
       <c r="Q59" s="30"/>
     </row>
-    <row r="60" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="60" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P60" s="30"/>
       <c r="Q60" s="30"/>
     </row>
-    <row r="61" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="61" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P61" s="30"/>
       <c r="Q61" s="30"/>
     </row>
-    <row r="62" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="62" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P62" s="30"/>
       <c r="Q62" s="30"/>
     </row>
-    <row r="63" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="63" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P63" s="30"/>
       <c r="Q63" s="30"/>
     </row>
-    <row r="64" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="64" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P64" s="30"/>
       <c r="Q64" s="30"/>
     </row>
-    <row r="65" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="65" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P65" s="30"/>
       <c r="Q65" s="30"/>
     </row>
-    <row r="66" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="66" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P66" s="30"/>
       <c r="Q66" s="30"/>
     </row>
-    <row r="67" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="67" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P67" s="30"/>
       <c r="Q67" s="30"/>
     </row>
-    <row r="68" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="68" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P68" s="30"/>
       <c r="Q68" s="30"/>
     </row>
-    <row r="69" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="69" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P69" s="30"/>
       <c r="Q69" s="30"/>
     </row>
-    <row r="70" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="70" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P70" s="30"/>
       <c r="Q70" s="30"/>
     </row>
-    <row r="71" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="71" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P71" s="30"/>
       <c r="Q71" s="30"/>
     </row>
-    <row r="72" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="72" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P72" s="30"/>
       <c r="Q72" s="30"/>
     </row>
-    <row r="73" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="73" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P73" s="30"/>
       <c r="Q73" s="30"/>
     </row>
-    <row r="74" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="74" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P74" s="30"/>
       <c r="Q74" s="30"/>
     </row>
-    <row r="75" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="75" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P75" s="30"/>
       <c r="Q75" s="30"/>
     </row>
-    <row r="76" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="76" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P76" s="30"/>
       <c r="Q76" s="30"/>
     </row>
-    <row r="77" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="77" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P77" s="30"/>
       <c r="Q77" s="30"/>
     </row>
-    <row r="78" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="78" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P78" s="30"/>
       <c r="Q78" s="30"/>
     </row>
-    <row r="79" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="79" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P79" s="30"/>
       <c r="Q79" s="30"/>
     </row>
-    <row r="80" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="80" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P80" s="30"/>
       <c r="Q80" s="30"/>
     </row>
-    <row r="81" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="81" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P81" s="30"/>
       <c r="Q81" s="30"/>
     </row>
-    <row r="82" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="82" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P82" s="30"/>
       <c r="Q82" s="30"/>
     </row>
-    <row r="83" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="83" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P83" s="30"/>
       <c r="Q83" s="30"/>
     </row>
-    <row r="84" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="84" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P84" s="30"/>
       <c r="Q84" s="30"/>
     </row>
-    <row r="85" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="85" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P85" s="30"/>
       <c r="Q85" s="30"/>
     </row>
-    <row r="86" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="86" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P86" s="30"/>
       <c r="Q86" s="30"/>
     </row>
-    <row r="87" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="87" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P87" s="30"/>
       <c r="Q87" s="30"/>
     </row>
-    <row r="88" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="88" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P88" s="30"/>
       <c r="Q88" s="30"/>
     </row>
-    <row r="89" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="89" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P89" s="30"/>
       <c r="Q89" s="30"/>
     </row>
-    <row r="90" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="90" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P90" s="30"/>
       <c r="Q90" s="30"/>
     </row>
-    <row r="91" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="91" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P91" s="30"/>
       <c r="Q91" s="30"/>
     </row>
-    <row r="92" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="92" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P92" s="30"/>
       <c r="Q92" s="30"/>
     </row>
-    <row r="93" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="93" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P93" s="30"/>
       <c r="Q93" s="30"/>
     </row>
-    <row r="94" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="94" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P94" s="30"/>
       <c r="Q94" s="30"/>
     </row>
-    <row r="95" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="95" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P95" s="30"/>
       <c r="Q95" s="30"/>
     </row>
-    <row r="96" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="96" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P96" s="30"/>
       <c r="Q96" s="30"/>
     </row>
-    <row r="97" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="97" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P97" s="30"/>
       <c r="Q97" s="30"/>
     </row>
-    <row r="98" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="98" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P98" s="30"/>
       <c r="Q98" s="30"/>
     </row>
-    <row r="99" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="99" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P99" s="30"/>
       <c r="Q99" s="30"/>
     </row>
-    <row r="100" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="100" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P100" s="30"/>
       <c r="Q100" s="30"/>
     </row>
-    <row r="101" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="101" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P101" s="30"/>
       <c r="Q101" s="30"/>
     </row>
-    <row r="102" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="102" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P102" s="30"/>
       <c r="Q102" s="30"/>
     </row>
-    <row r="103" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="103" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P103" s="30"/>
       <c r="Q103" s="30"/>
     </row>
-    <row r="104" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="104" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P104" s="30"/>
       <c r="Q104" s="30"/>
     </row>
-    <row r="105" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="105" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P105" s="30"/>
       <c r="Q105" s="30"/>
     </row>
-    <row r="106" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="106" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P106" s="30"/>
       <c r="Q106" s="30"/>
     </row>
-    <row r="107" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="107" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P107" s="30"/>
       <c r="Q107" s="30"/>
     </row>
-    <row r="108" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="108" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P108" s="30"/>
       <c r="Q108" s="30"/>
     </row>
-    <row r="109" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="109" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P109" s="30"/>
       <c r="Q109" s="30"/>
     </row>
-    <row r="110" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="110" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P110" s="30"/>
       <c r="Q110" s="30"/>
     </row>
-    <row r="111" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="111" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P111" s="30"/>
       <c r="Q111" s="30"/>
     </row>
-    <row r="112" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="112" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P112" s="30"/>
       <c r="Q112" s="30"/>
     </row>
-    <row r="113" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="113" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P113" s="30"/>
       <c r="Q113" s="30"/>
     </row>
-    <row r="114" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="114" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P114" s="30"/>
       <c r="Q114" s="30"/>
     </row>
-    <row r="115" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="115" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P115" s="30"/>
       <c r="Q115" s="30"/>
     </row>
-    <row r="116" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="116" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P116" s="30"/>
       <c r="Q116" s="30"/>
     </row>
-    <row r="117" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="117" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P117" s="30"/>
       <c r="Q117" s="30"/>
     </row>
-    <row r="118" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="118" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P118" s="30"/>
       <c r="Q118" s="30"/>
     </row>
-    <row r="119" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="119" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P119" s="30"/>
       <c r="Q119" s="30"/>
     </row>
-    <row r="120" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="120" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P120" s="30"/>
       <c r="Q120" s="30"/>
     </row>
-    <row r="121" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="121" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P121" s="30"/>
       <c r="Q121" s="30"/>
     </row>
-    <row r="122" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="122" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P122" s="30"/>
       <c r="Q122" s="30"/>
     </row>
-    <row r="123" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="123" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P123" s="30"/>
       <c r="Q123" s="30"/>
     </row>
-    <row r="124" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="124" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P124" s="30"/>
       <c r="Q124" s="30"/>
     </row>
-    <row r="125" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="125" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P125" s="30"/>
       <c r="Q125" s="30"/>
     </row>
-    <row r="126" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="126" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P126" s="30"/>
       <c r="Q126" s="30"/>
     </row>
-    <row r="127" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="127" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P127" s="30"/>
       <c r="Q127" s="30"/>
     </row>
-    <row r="128" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="128" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P128" s="30"/>
       <c r="Q128" s="30"/>
     </row>
-    <row r="129" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="129" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P129" s="30"/>
       <c r="Q129" s="30"/>
     </row>
-    <row r="130" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="130" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P130" s="30"/>
       <c r="Q130" s="30"/>
     </row>
-    <row r="131" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="131" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P131" s="30"/>
       <c r="Q131" s="30"/>
     </row>
-    <row r="132" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="132" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P132" s="30"/>
       <c r="Q132" s="30"/>
     </row>
-    <row r="133" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="133" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P133" s="30"/>
       <c r="Q133" s="30"/>
     </row>
-    <row r="134" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="134" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P134" s="30"/>
       <c r="Q134" s="30"/>
     </row>
-    <row r="135" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="135" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P135" s="30"/>
       <c r="Q135" s="30"/>
     </row>
-    <row r="136" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="136" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P136" s="30"/>
       <c r="Q136" s="30"/>
     </row>
-    <row r="137" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="137" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P137" s="30"/>
       <c r="Q137" s="30"/>
     </row>
-    <row r="138" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="138" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P138" s="30"/>
       <c r="Q138" s="30"/>
     </row>
-    <row r="139" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="139" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P139" s="30"/>
       <c r="Q139" s="30"/>
     </row>
-    <row r="140" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="140" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P140" s="30"/>
       <c r="Q140" s="30"/>
     </row>
-    <row r="141" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="141" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P141" s="30"/>
       <c r="Q141" s="30"/>
     </row>
-    <row r="142" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="142" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P142" s="30"/>
       <c r="Q142" s="30"/>
     </row>
-    <row r="143" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="143" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P143" s="30"/>
       <c r="Q143" s="30"/>
     </row>
-    <row r="144" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="144" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P144" s="30"/>
       <c r="Q144" s="30"/>
     </row>
-    <row r="145" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="145" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P145" s="30"/>
       <c r="Q145" s="30"/>
     </row>
-    <row r="146" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="146" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P146" s="30"/>
       <c r="Q146" s="30"/>
     </row>
-    <row r="147" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="147" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P147" s="30"/>
       <c r="Q147" s="30"/>
     </row>
-    <row r="148" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="148" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P148" s="30"/>
       <c r="Q148" s="30"/>
     </row>
-    <row r="149" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="149" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P149" s="30"/>
       <c r="Q149" s="30"/>
     </row>
-    <row r="150" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="150" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P150" s="30"/>
       <c r="Q150" s="30"/>
     </row>
-    <row r="151" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="151" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P151" s="30"/>
       <c r="Q151" s="30"/>
     </row>
-    <row r="152" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="152" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P152" s="30"/>
       <c r="Q152" s="30"/>
     </row>
-    <row r="153" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="153" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P153" s="30"/>
       <c r="Q153" s="30"/>
     </row>
-    <row r="154" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="154" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P154" s="30"/>
       <c r="Q154" s="30"/>
     </row>
-    <row r="155" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="155" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P155" s="30"/>
       <c r="Q155" s="30"/>
     </row>
-    <row r="156" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="156" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P156" s="30"/>
       <c r="Q156" s="30"/>
     </row>
-    <row r="157" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="157" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P157" s="30"/>
       <c r="Q157" s="30"/>
     </row>
-    <row r="158" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="158" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P158" s="30"/>
       <c r="Q158" s="30"/>
     </row>
-    <row r="159" spans="16:17" x14ac:dyDescent="0.25">
+    <row r="159" spans="16:17" x14ac:dyDescent="0.3">
       <c r="P159" s="30"/>
       <c r="Q159" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">